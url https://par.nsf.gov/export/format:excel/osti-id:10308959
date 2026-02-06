--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10308959</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1162/artl_a_00313</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Interpreting the Tape of Life: Ancestry-Based Analyses Provide Insights and Intuition about Evolutionary Dynamics</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dolson, Emily [Michigan State University, BEACON Center for the Study of Evolution in Action, Department of Computer Science and Engineering, Ecology, Evolutionary Biology, and Behavior Program.]; Lalejini, Alexander [Michigan State University, BEACON Center for the Study of Evolution in Action, Department of Computer Science and Engineering, Ecology, Evolutionary Biology, and Behavior Program]; Jorgensen, Steven [Michigan State University, BEACON Center for the Study of Evolution in Action, Department of Computer Science and Engineering]; Ofria, Charles [Michigan State University, BEACON Center for the Study of Evolution in Action, Department of Computer Science and Engineering, Ecology, Evolutionary Biology, and Behavior Program]</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Artificial Life</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1064-5462</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Fine-scale evolutionary dynamics can be challenging to tease out when focused on the broad brush strokes of whole populations over long time spans. We propose a suite of diagnostic analysis techniques that operate on lineages and phylogenies in digital evolution experiments, with the aim of improving our capacity to quantitatively explore the nuances of evolutionary histories in digital evolution experiments. We present three types of lineage measurements: lineage length, mutation accumulation, and phenotypic volatility. Additionally, we suggest the adoption of four phylogeny measurements from biology: phylogenetic richness, phylogenetic divergence, phylogenetic regularity, and depth of the most-recent common ancestor. In addition to quantitative metrics, we also discuss several existing data visualizations that are useful for understanding lineages and phylogenies: state sequence visualizations, fitness landscape overlays, phylogenetic trees, and Muller plots. We examine the behavior of these metrics (with the aid of data visualizations) in two well-studied computational contexts: (1) a set of two-dimensional, real-valued optimization problems under a range of mutation rates and selection strengths, and (2) a set of qualitatively different environments in the Avida digital evolution platform. These results confirm our intuition about how these metrics respond to various evolutionary conditions and indicate their broad value.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1655715</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>