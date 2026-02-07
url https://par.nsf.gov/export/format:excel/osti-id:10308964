--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10308964</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3319619.3326900</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Random subsampling improves performance in lexicase selection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hernandez, Jose Guadalupe [Michigan State University]; Lalejini, Alexander [Michigan State University]; Dolson, Emily [Michigan State University]; Ofria, Charles [Michigan State University]</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-07-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>GECCO '19: Proceedings of the Genetic and Evolutionary Computation Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Lexicase selection has been proven highly successful for finding effective solutions to problems in genetic programming, especially for test-based problems where there are many distinct test cases that must all be passed. However, lexicase (as with most selection schemes) requires all prospective solutions to be evaluated against most test cases each generation, which can be computationally expensive. Here, we propose reducing the number of per-generation evaluations required by applying random subsampling: using a subset of test cases each generation (down-sampling) or by assigning test cases to subgroups of the population (cohort assignment). Tests are randomly reassigned each generation, and candidate solutions are only ever evaluated on test cases that they are assigned to, radically reducing the total number of evaluations needed while ensuring that each lineage eventually encounters all test cases. We tested these lexicase variants on five different program synthesis problems, across a range of down-sampling levels and cohort sizes. We demonstrate that these simple techniques to reduce the number of per-generation evaluations in lexicase can substantially improve overall performance for equivalent computational effort.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1655715</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>