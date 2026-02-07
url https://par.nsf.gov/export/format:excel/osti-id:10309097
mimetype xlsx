--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10309097</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Abstractions for specifying sparse matrix data transformations</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nandy, Payal; Hall, M; Davis, E; Olschanowsky, C; Mohammadi, M; He, W; Strout, M</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2018-01-23T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Eighth International Workshop on Polyhedral Compilation Techniques</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The inspector/executor paradigm permits using runtime information in concert with compiler optimization. An inspector collects information that is only available at runtime; this information is used by an optimized executor that was created at compile time. Inspectors are widely used in optimizing irregular computations, where information about data dependences, loop bounds, data structures, and memory access pa erns are collected at runtime and used to guide code transformation, parallelization, and data layout. Most research that uses inspectors relies on instantiating inspector templates, invoking inspector library code, or manually writing inspectors. is paper describes abstractions for generating inspectors for loop and data transformations for sparse matrix computations using the Sparse Polyhedral Framework (SPF). SPF is an extension of the polyhedral framework for transformation and code generation. SPF extends the polyhedral framework to represent runtime information with uninterpreted functions and inspector computations that explicitly realize such functions at runtime. It has previously been used to derive inspectors for data and iteration space reordering. is paper introduces data transformations into SPF, such as conversions between sparse matrix formats, and show how prior work can be supported by SPF. We also discuss possible extensions to support inspector composition and incorporate other optimizations. is work represents a step towards creating composable inspectors in keeping with the composability of a ne transformations on the executors.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1563818</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2018</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>