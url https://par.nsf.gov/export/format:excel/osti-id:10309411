--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10309411</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Pair debugging of electronic textiles projects: Analyzing think-aloud protocols for high school students’ strategies and practices while problem solving.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jayathirtha, G.; Fields, D. A.; Kafai, Y. B.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Gresalfi, M.; Horn, I.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Interdisciplinarity of the Learning Sciences, 14th International Conference of the Learning Sciences (ICLS) 2020</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Much attention has focused on student learning while making physical computational artifacts such as robots or electronic textiles, but little is known about how students engage with the hardware and software debugging issues that often arise. In order to better understand students’ debugging strategies and practices, we conducted and video-recorded eight think- aloud sessions (~45 minutes each) of high school student pairs debugging electronic textiles projects with researcher-designed programming and circuitry/crafting bugs. We analyzed each video to understand pairs’ debugging strategies and practices in navigating the multi- representational problem space. Our findings reveal the importance of employing system-level strategies while debugging physical computing systems, and of coordinating between various components of physical computing systems, for instance between the physical artifact, representations on paper, and the onscreen programming environment. We discuss the implications of our findings for future research and designing instruction and tools for learning with and debugging physical computing systems.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1742140</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>