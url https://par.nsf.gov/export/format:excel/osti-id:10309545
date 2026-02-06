--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10309545</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.14778/3503585.3503597</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>COMET: a novel memory-efficient deep learning training framework by using error-bounded lossy compression</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jin, Sian; Zhang, Chengming; Jiang, Xintong; Feng, Yunhe; Guan, Hui; Li, Guanpeng; Song, Shuaiwen Leon; Tao, Dingwen</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the VLDB Endowment</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2150-8097</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Deep neural networks (DNNs) are becoming increasingly deeper, wider, and non-linear due to the growing demands on prediction accuracy and analysis quality. Training wide and deep neural networks require large amounts of storage resources such as memory because the intermediate activation data must be saved in the memory during forward propagation and then restored for backward propagation. However, state-of-the-art accelerators such as GPUs are only equipped with very limited memory capacities due to hardware design constraints, which significantly limits the maximum batch size and hence performance speedup when training large-scale DNNs. Traditional memory saving techniques either suffer from performance overhead or are constrained by limited interconnect bandwidth or specific interconnect technology.            In this paper, we propose a novel memory-efficient CNN training framework (called COMET) that leverages error-bounded lossy compression to significantly reduce the memory requirement for training in order to allow training larger models or to accelerate training. Our framework purposely adopts error-bounded lossy compression with a strict error-controlling mechanism. Specifically, we perform a theoretical analysis on the compression error propagation from the altered activation data to the gradients, and empirically investigate the impact of altered gradients over the training process. Based on these analyses, we optimize the error-bounded lossy compression and propose an adaptive error-bound control scheme for activation data compression. Experiments demonstrate that our proposed framework can significantly reduce the training memory consumption by up to 13.5X over the baseline training and 1.8X over another state-of-the-art compression-based framework, respectively, with little or no accuracy loss.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2034169; 1948447; 2303820</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>