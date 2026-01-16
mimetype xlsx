--- v0 (2025-11-03)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10309565</t>
-[...8 lines deleted...]
-    <t>Gardner, Elliot M.; Arifiani, Deby; Zerega, Nyree J.C.</t>
+    <t>10057203</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1145/3173574.3174108</t>
+  </si>
+  <si>
+    <t>The Dark (Patterns) Side of UX Design</t>
+  </si>
+  <si>
+    <t>Gray, Colin M.; Kou, Yubo; Battles, Bryan; Hoggatt, Joseph; Toombs, Austin L.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-03-29T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>Abstract—                              Artocarpus bergii                            , named for the late C. C. Berg, is from Halmahera in the Moluccas, and is a close ally of breadfruit (              A. altilis              ). The species resembles the Micronesian              A. mariannensis              but with generally smaller parts. Because it is known from only a small area and the type locality is a potential mining site,                              A. bergii                            is likely of conservation concern, particularly given its status as a crop wild relative.</t>
+    <t>2018-05-21T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Proceedings of the 2018 CHI Conference on Human Factors in Computing Systems - CHI '18</t>
+  </si>
+  <si>
+    <t>Paper No. 534</t>
+  </si>
+  <si>
+    <t>Interest in critical scholarship that engages with the complexity of user experience (UX) practice is rapidly expanding, yet the vocabulary for describing and assessing criticality in practice is currently lacking. In this paper, we outline and explore the limits of a specific ethical phenomenon known as "dark patterns," where user value is supplanted in favor of shareholder value. We assembled a corpus of examples of practitioner-identified dark patterns and performed a content analysis to determine the ethical concerns contained in these examples. This analysis revealed a wide range of ethical issues raised by practitioners that were frequently conflated under the umbrella term of dark patterns, while also underscoring a shared concern that UX designers could easily become complicit in manipulative or unreasonably persuasive practices. We conclude with implications for the education and practice of UX designers, and a proposal for broadening research on the ethics of user experience.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1711391</t>
-[...5 lines deleted...]
-    <t>Journal Article</t>
+    <t>1657310</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -293,83 +287,79 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
-[...5 lines deleted...]
-      </c>
+      <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>