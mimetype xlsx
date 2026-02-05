--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,168 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...116 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -182,181 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10309858</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3311890.3311910</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>"Making" Science Relevant for the 21st Century: Early Lessons from a Research-Practice Partnership</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Fancsali, Cheri; Mirakhur, Zitsi; Klevan, Sarah; Rivera-Cash, Edgar</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-03-09T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>FabLearn 2019 proceedings</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Maker Partnership Program (MPP) is an NSF-supported project that addresses the critical need for models of professional development (PD) and support that help elementary-level science teachers integrate computer science and computational thinking (CS and CT) into their classroom practices. The MPP aims to foster integration of these disciplines through maker pedagogy and curriculum. The MPP was designed as a research-practice partnership that allows researchers and practitioners to collaborate and iteratively design, implement and test the PD and curriculum. This paper describes the key elements of the MPP and early findings from surveys of teachers and students participating in the program.
+Our research focuses on learning how to develop teachers’ capacity to integrate CS and CT into elementary-level science instruction; understanding whether and how this integrated instruction promotes deeper student learning of science, CS and CT, as well as interest and engagement in these subjects; and exploring how the model may need to be adapted to fit local contexts.
+Participating teachers reported gaining knowledge and confidence for implementing the maker curriculum through the PDs. They anticipated that the greatest implementation challenges would be lack of preparation time, inaccessible computer hardware, lack of administrative support, and a lack of CS knowledge. Student survey results show that most participants were interested in CS and science at the beginning of the program. Student responses to questions about their disposition toward collaboration and persistence suggest some room for growth. Student responses to questions about who does CS are consistent with prevalent gender stereotypes (e.g., boys are naturally better than girls at computer programming), particularly among boys.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1742320</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>