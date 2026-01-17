--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,84 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10310288</t>
-[...8 lines deleted...]
-    <t>Mullet, Cory H.; Rosen, Anna L.; Chiang, Shirley</t>
+    <t>10060700</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-09-01T04:00:00Z</t>
-[...11 lines deleted...]
-    <t>0734-2101</t>
+    <t>Generalized Adjustment under Confounding and Selection Biases</t>
+  </si>
+  <si>
+    <t>Correa, Juan; Tian, Jin; Bareinboim, Elias</t>
+  </si>
+  <si>
+    <t>2018-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Proceedings of the ... AAAI Conference on Artificial Intelligence</t>
+  </si>
+  <si>
+    <t>2159-5399</t>
+  </si>
+  <si>
+    <t>Selection and confounding biases are the two most common impediments to the applicability of causal inference methods in large-scale settings. We generalize the notion of backdoor adjustment to account for both biases and leverage external data that may be available without selection bias (e.g., data from census). We introduce the notion of adjustment pair and present complete graphical conditions for identifying causal effects by adjustment. We further design an algorithm for listing all admissible adjustment pairs in polynomial delay, which is useful for researchers interested in evaluating certain properties of some admissible pairs but not all (common properties include cost, variance, and feasibility to measure). Finally, we describe a statistical estimation procedure that can be performed once a set is known to be admissible, which entails different challenges in terms of finite samples.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1710748; 0649297; 1852581</t>
-[...5 lines deleted...]
-    <t>Journal Article</t>
+    <t>1704908</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -279,92 +273,90 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
-[...7 lines deleted...]
-      </c>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="M2" s="0"/>
-[...1 lines deleted...]
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="P2" t="s" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>