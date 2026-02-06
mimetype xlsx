--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10310430</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Contrastive Code Representation Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Paras Jain, Ajay Jain</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 2021 Conference on Empirical Methods in Natural Language Processing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recent work learns contextual representations of source code by reconstructing tokens from their context. For downstream semantic understanding tasks like code clone detection, these representations should ideally capture program functionality. However, we show that the popular reconstruction-based RoBERTa model is sensitive to source code edits, even when the edits preserve semantics. We propose ContraCode: a contrastive pre-training task that learns code functionality, not form. ContraCode pre-trains a neural network to identify functionally similar variants of a program among many non-equivalent distractors. We scalably generate these variants using an automated source-to-source compiler as a form of data augmentation. Contrastive pre-training outperforms RoBERTa on an adversarial code clone detection benchmark by 39% AUROC. Surprisingly, improved adversarial robustness translates to better accuracy over natural code; ContraCode improves summarization and TypeScript type inference accuracy by 2 to 13 percentage points over competitive baselines. All source is available at https://github.com/parasj/contracode.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1730628</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>