--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,81 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10310513</t>
-[...8 lines deleted...]
-    <t>Doi, Yasuo; Hasegawa, Tetsuo; Furuya, Ray S.; Coudé, Simon; Hull, Charles L.; Arzoumanian, Doris; Bastien, Pierre; Chen, Michael Chun-Yuan; Di Francesco, James; Friesen, Rachel; Houde, Martin; Inutsuka, Shu-ichiro; Mairs, Steve; Matsumura, Masafumi; Onaka, Takashi; Sadavoy, Sarah; Shimajiri, Yoshito; Tahani, Mehrnoosh; Tomisaka, Kohji; Eswaraiah, Chakali; Koch, Patrick M.; Pattle, Kate; Won Lee, Chang; Tamura, Motohide; Berry, David; Ching, Tao-Chung; Hwang, Jihye; Kwon, Woojin; Soam, Archana; Wang, Jia-Wei; Lai, Shih-Ping; Qiu, Keping; Ward-Thompson, Derek; Byun, Do-Young; Chen, Huei-Ru Vivien; Chen, Wen Ping; Chen, Zhiwei; Cho, Jungyeon; Choi, Minho; Choi, Yunhee; Chrysostomou, Antonio; Chung, Eun Jung; Diep, Pham Ngoc; Duan, Hao-Yuan; Fanciullo, Lapo; Fiege, Jason; Franzmann, Erica; Friberg, Per; Fuller, Gary; Gledhill, Tim; Graves, Sarah F.; Greaves, Jane S.; Griffin, Matt J.; Gu, Qilao; Han, Ilseung; Hatchell, Jennifer; Hayashi, Saeko S.; Hoang, Thiem; Inoue, Tsuyoshi; Iwasaki, Kazunari; Jeong, Il-Gyo; Johnstone, Doug; Kanamori, Yoshihiro; Kang, Ji-hyun; Kang, Miju; Kang, Sung-ju; Kataoka, Akimasa; Kawabata, Koji S.; Kemper, Francisca; Kim, Gwanjeong; Kim, Jongsoo; Kim, Kee-Tae; Kim, Kyoung Hee; Kim, Mi-Ryang; Kim, Shinyoung; Kirk, Jason M.; Kobayashi, Masato I.; Konyves, Vera; Kusune, Takayoshi; Kwon, Jungmi; Lacaille, Kevin; Law, Chi-Yan; Lee, Chin-Fei; Lee, Hyeseung; Lee, Jeong-Eun; Lee, Sang-Sung; Lee, Yong-Hee; Li, Dalei; Li, Di; Li, Hua-bai; Liu, Hong-Li; Liu, Junhao; Liu, Sheng-Yuan; Liu, Tie; de Looze, Ilse; Lyo, A-Ran; Matthews, Brenda C.; Moriarty-Schieven, Gerald H.; Nagata, Tetsuya; Nakamura, Fumitaka; Nakanishi, Hiroyuki; Ohashi, Nagayoshi; Park, Geumsook; Parsons, Harriet; Peretto, Nicolas; Pyo, Tae-Soo; Qian, Lei; Rao, Ramprasad; Rawlings, Mark G.; Retter, Brendan; Richer, John; Rigby, Andrew; Saito, Hiro; Savini, Giorgio; Scaife, Anna M.; Seta, Masumichi; Shinnaga, Hiroko; Tang, Ya-Wen; Tsukamoto, Yusuke; Viti, Serena; Wang, Hongchi; Whitworth, Anthony P.; Yen, Hsi-Wei; Yoo, Hyunju; Yuan, Jinghua; Yun, Hyeong-Sik; Zenko, Tetsuya; Zhang, Chuan-Peng; Zhang, Guoyin; Zhang, Yapeng; Zhou, Jianjun; Zhu, Lei; André, Philippe; Dowell, C. Darren; Eyres, Stewart P.; Falle, Sam; van Loo, Sven; Robitaille, Jean-François</t>
+    <t>10058116</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/nature24471</t>
+  </si>
+  <si>
+    <t>A gravitational-wave standard siren measurement of the Hubble constant</t>
+  </si>
+  <si>
+    <t>Abbott, B. P.; Abbott, R.; Abbott, T. D.; Acernese, F.; Ackley, K.; Adams, C.; Adams, T.; Addesso, P.; Adhikari, R. X.; Adya, V. B.; Affeldt, C.; Afrough, M.; Agarwal, B.; Agathos, M.; Agatsuma, K.; Aggarwal, N.; Aguiar, O. D.; Aiello, L.; Ain, A.; Ajith, P.; Allen, B.; Allen, G.; Allocca, A.; Altin, P. A.; Amato, A.; Ananyeva, A.; Anderson, S. B.; Anderson, W. G.; Angelova, S. V.; Antier, S.; Appert, S.; Arai, K.; Araya, M. C.; Areeda, J. S.; Arnaud, N.; Arun, K. G.; Ascenzi, S.; Ashton, G.; Ast, M.; Aston, S. M.; Astone, P.; Atallah, D. V.; Aufmuth, P.; Aulbert, C.; AultONeal, K.; Austin, C.; Avila-Alvarez, A.; Babak, S.; Bacon, P.; Bader, M. K.; Bae, S.; Baker, P. T.; Baldaccini, F.; Ballardin, G.; Ballmer, S. W.; Banagiri, S.; Barayoga, J. C.; Barclay, S. E.; Barish, B. C.; Barker, D.; Barkett, K.; Barone, F.; Barr, B.; Barsotti, L.; Barsuglia, M.; Barta, D.; Bartlett, J.; Bartos, I.; Bassiri, R.; Basti, A.; Batch, J. C.; Bawaj, M.; Bayley, J. C.; Bazzan, M.; Bécsy, B.; Beer, C.; Bejger, M.; Belahcene, I.; Bell, A. S.; Berger, B. K.; Bergmann, G.; Bero, J. J.; Berry, C. P.; Bersanetti, D.; Bertolini, A.; Betzwieser, J.; Bhagwat, S.; Bhandare, R.; Bilenko, I. A.; Billingsley, G.; Billman, C. R.; Birch, J.; Birney, R.; Birnholtz, O.; Biscans, S.; Biscoveanu, S.; Bisht, A.; Bitossi, M.; Biwer, C.; Bizouard, M. A.; Blackburn, J. K.; Blackman, J.; Blair, C. D.; Blair, D. G.; Blair, R. M.; Bloemen, S.; Bock, O.; Bode, N.; Boer, M.; Bogaert, G.; Bohe, A.; Bondu, F.; Bonilla, E.; Bonnand, R.; Boom, B. A.; Bork, R.; Boschi, V.; Bose, S.; Bossie, K.; Bouffanais, Y.; Bozzi, A.; Bradaschia, C.; Brady, P. R.; Branchesi, M.; Brau, J. E.; Briant, T.; Brillet, A.; Brinkmann, M.; Brisson, V.; Brockill, P.; Broida, J. E.; Brooks, A. F.; Brown, D. A.; Brown, D. D.; Brunett, S.; Buchanan, C. C.; Buikema, A.; Bulik, T.; Bulten, H. J.; Buonanno, A.; Buskulic, D.; Buy, C.; Byer, R. L.; Cabero, M.; Cadonati, L.; Cagnoli, G.; Cahillane, C.; Bustillo, J. Calderón; Callister, T. A.; Calloni, E.; Camp, J. B.; Canepa, M.; Canizares, P.; Cannon, K. C.; Cao, H.; Cao, J.; Capano, C. D.; Capocasa, E.; Carbognani, F.; Caride, S.; Carney, M. F.; Diaz, J. Casanueva; Casentini, C.; Caudill, S.; Cavaglià, M.; Cavalier, F.; Cavalieri, R.; Cella, G.; Cepeda, C. B.; Cerdá-Durán, P.; Cerretani, G.; Cesarini, E.; Chamberlin, S. J.; Chan, M.; Chao, S.; Charlton, P.; Chase, E.; Chassande-Mottin, E.; Chatterjee, D.; Chatziioannou, K.; Cheeseboro, B. D.; Chen, H. Y.; Chen, X.; Chen, Y.; Cheng, H.-P.; Chia, H.; Chincarini, A.; Chiummo, A.; Chmiel, T.; Cho, H. S.; Cho, M.; Chow, J. H.; Christensen, N.; Chu, Q.; Chua, A. J.; Chua, S.; Chung, A. K.; Chung, S.; Ciani, G.; Ciolfi, R.; Cirelli, C. E.; Cirone, A.; Clara, F.; Clark, J. A.; Clearwater, P.; Cleva, F.; Cocchieri, C.; Coccia, E.; Cohadon, P.-F.; Cohen, D.; Colla, A.; Collette, C. G.; Cominsky, L. R.; Constancio, M.; Conti, L.; Cooper, S. J.; Corban, P.; Corbitt, T. R.; Cordero-Carrión, I.; Corley, K. R.; Cornish, N.; Corsi, A.; Cortese, S.; Costa, C. A.; Coughlin, M. W.; Coughlin, S. B.; Coulon, J.-P.; Countryman, S. T.; Couvares, P.; Covas, P. B.; Cowan, E. E.; Coward, D. M.; Cowart, M. J.; Coyne, D. C.; Coyne, R.; Creighton, J. D.; Creighton, T. D.; Cripe, J.; Crowder, S. G.; Cullen, T. J.; Cumming, A.; Cunningham, L.; Cuoco, E.; Dal Canton, T.; Dálya, G.; Danilishin, S. L.; D’Antonio, S.; Danzmann, K.; Dasgupta, A.; Da Silva Costa, C. F.; Datrier, L. E.; Dattilo, V.; Dave, I.; Davier, M.; Davis, D.; Daw, E. J.; Day, B.; De, S.; DeBra, D.; Degallaix, J.; De Laurentis, M.; Deléglise, S.; Del Pozzo, W.; Demos, N.; Denker, T.; Dent, T.; De Pietri, R.; Dergachev, V.; De Rosa, R.; DeRosa, R. T.; De Rossi, C.; DeSalvo, R.; de Varona, O.; Devenson, J.; Dhurandhar, S.; Díaz, M. C.; Di Fiore, L.; Di Giovanni, M.; Di Girolamo, T.; Di Lieto, A.; Di Pace, S.; Di Palma, I.; Di Renzo, F.; Doctor, Z.; Dolique, V.; Donovan, F.; Dooley, K. L.; Doravari, S.; Dorrington, I.; Douglas, R.; Dovale álvarez, M.; Downes, T. P.; Drago, M.; Dreissigacker, C.; Driggers, J. C.; Du, Z.; Ducrot, M.; Dupej, P.; Dwyer, S. E.; Edo, T. B.; Edwards, M. C.; Effler, A.; Eggenstein, H.-B.; Ehrens, P.; Eichholz, J.; Eikenberry, S. S.; Eisenstein, R. A.; Essick, R. C.; Estevez, D.; Etienne, Z. B.; Etzel, T.; Evans, M.; Evans, T. M.; Factourovich, M.; Fafone, V.; Fair, H.; Fairhurst, S.; Fan, X.; Farinon, S.; Farr, B.; Farr, W. M.; Fauchon-Jones, E. J.; Favata, M.; Fays, M.; Fee, C.; Fehrmann, H.; Feicht, J.; Fejer, M. M.; Fernandez-Galiana, A.; Ferrante, I.; Ferreira, E. C.; Ferrini, F.; Fidecaro, F.; Finstad, D.; Fiori, I.; Fiorucci, D.; Fishbach, M.; Fisher, R. P.; Fitz-Axen, M.; Flaminio, R.; Fletcher, M.; Fong, H.; Font, J. A.; Forsyth, P. W.; Forsyth, S. S.; Fournier, J.-D.; Frasca, S.; Frasconi, F.; Frei, Z.; Freise, A.; Frey, R.; Frey, V.; Fries, E. M.; Fritschel, P.; Frolov, V. V.; Fulda, P.; Fyffe, M.; Gabbard, H.; Gadre, B. U.; Gaebel, S. M.; Gair, J. R.; Gammaitoni, L.; Ganija, M. R.; Gaonkar, S. G.; Garcia-Quiros, C.; Garufi, F.; Gateley, B.; Gaudio, S.; Gaur, G.; Gayathri, V.; Gehrels, N.; Gemme, G.; Genin, E.; Gennai, A.; George, D.; George, J.; Gergely, L.; Germain, V.; Ghonge, S.; Ghosh, Abhirup; Ghosh, Archisman; Ghosh, S.; Giaime, J. A.; Giardina, K. D.; Giazotto, A.; Gill, K.; Glover, L.; Goetz, E.; Goetz, R.; Gomes, S.; Goncharov, B.; González, G.; Castro, J. M.; Gopakumar, A.; Gorodetsky, M. L.; Gossan, S. E.; Gosselin, M.; Gouaty, R.; Grado, A.; Graef, C.; Granata, M.; Grant, A.; Gras, S.; Gray, C.; Greco, G.; Green, A. C.; Gretarsson, E. M.; Groot, P.; Grote, H.; Grunewald, S.; Gruning, P.; Guidi, G. M.; Guo, X.; Gupta, A.; Gupta, M. K.; Gushwa, K. E.; Gustafson, E. K.; Gustafson, R.; Halim, O.; Hall, B. R.; Hall, E. D.; Hamilton, E. Z.; Hammond, G.; Haney, M.; Hanke, M. M.; Hanks, J.; Hanna, C.; Hannam, M. D.; Hannuksela, O. A.; Hanson, J.; Hardwick, T.; Harms, J.; Harry, G. M.; Harry, I. W.; Hart, M. J.; Haster, C.-J.; Haughian, K.; Healy, J.; Heidmann, A.; Heintze, M. C.; Heitmann, H.; Hello, P.; Hemming, G.; Hendry, M.; Heng, I. S.; Hennig, J.; Heptonstall, A. W.; Heurs, M.; Hild, S.; Hinderer, T.; Hoak, D.; Hofman, D.; Holt, K.; Holz, D. E.; Hopkins, P.; Horst, C.; Hough, J.; Houston, E. A.; Howell, E. J.; Hreibi, A.; Hu, Y. M.; Huerta, E. A.; Huet, D.; Hughey, B.; Husa, S.; Huttner, S. H.; Huynh-Dinh, T.; Indik, N.; Inta, R.; Intini, G.; Isa, H. N.; Isac, J.-M.; Isi, M.; Iyer, B. R.; Izumi, K.; Jacqmin, T.; Jani, K.; Jaranowski, P.; Jawahar, S.; Jiménez-Forteza, F.; Johnson, W. W.; Jones, D. I.; Jones, R.; Jonker, R. J.; Ju, L.; Junker, J.; Kalaghatgi, C. V.; Kalogera, V.; Kamai, B.; Kandhasamy, S.; Kang, G.; Kanner, J. B.; Kapadia, S. J.; Karki, S.; Karvinen, K. S.; Kasprzack, M.; Katolik, M.; Katsavounidis, E.; Katzman, W.; Kaufer, S.; Kawabe, K.; Kéfélian, F.; Keitel, D.; Kemball, A. J.; Kennedy, R.; Kent, C.; Key, J. S.; Khalili, F. Y.; Khan, I.; Khan, S.; Khan, Z.; Khazanov, E. A.; Kijbunchoo, N.; Kim, Chunglee; Kim, J. C.; Kim, K.; Kim, W.; Kim, W. S.; Kim, Y.-M.; Kimbrell, S. J.; King, E. J.; King, P. J.; Kinley-Hanlon, M.; Kirchhoff, R.; Kissel, J. S.; Kleybolte, L.; Klimenko, S.; Knowles, T. D.; Koch, P.; Koehlenbeck, S. M.; Koley, S.; Kondrashov, V.; Kontos, A.; Korobko, M.; Korth, W. Z.; Kowalska, I.; Kozak, D. B.; Krämer, C.; Kringel, V.; Krishnan, B.; Królak, A.; Kuehn, G.; Kumar, P.; Kumar, R.; Kumar, S.; Kuo, L.; Kutynia, A.; Kwang, S.; Lackey, B. D.; Lai, K. H.; Landry, M.; Lang, R. N.; Lange, J.; Lantz, B.; Lanza, R. K.; Lartaux-Vollard, A.; Lasky, P. D.; Laxen, M.; Lazzarini, A.; Lazzaro, C.; Leaci, P.; Leavey, S.; Lee, C. H.; Lee, H. K.; Lee, H. M.; Lee, H. W.; Lee, K.; Lehmann, J.; Lenon, A.; Leonardi, M.; Leroy, N.; Letendre, N.; Levin, Y.; Li, T. G.; Linker, S. D.; Littenberg, T. B.; Liu, J.; Liu, X.; Lo, R. K.; Lockerbie, N. A.; London, L. T.; Lord, J. E.; Lorenzini, M.; Loriette, V.; Lormand, M.; Losurdo, G.; Lough, J. D.; Lousto, C. O.; Lovelace, G.; Lück, H.; Lumaca, D.; Lundgren, A. P.; Lynch, R.; Ma, Y.; Macas, R.; Macfoy, S.; Machenschalk, B.; MacInnis, M.; Macleod, D. M.; Hernandez, I. Magaña; Magaña-Sandoval, F.; Zertuche, L. Magaña; Magee, R. M.; Majorana, E.; Maksimovic, I.; Man, N.; Mandic, V.; Mangano, V.; Mansell, G. L.; Manske, M.; Mantovani, M.; Marchesoni, F.; Marion, F.; Márka, S.; Márka, Z.; Markakis, C.; Markosyan, A. S.; Markowitz, A.; Maros, E.; Marquina, A.; Martelli, F.; Martellini, L.; Martin, I. W.; Martin, R. M.; Martynov, D. V.; Mason, K.; Massera, E.; Masserot, A.; Massinger, T. J.; Masso-Reid, M.; Mastrogiovanni, S.; Matas, A.; Matichard, F.; Matone, L.; Mavalvala, N.; Mazumder, N.; McCarthy, R.; McClelland, D. E.; McCormick, S.; McCuller, L.; McGuire, S. C.; McIntyre, G.; McIver, J.; McManus, D. J.; McNeill, L.; McRae, T.; McWilliams, S. T.; Meacher, D.; Meadors, G. D.; Mehmet, M.; Meidam, J.; Mejuto-Villa, E.; Melatos, A.; Mendell, G.; Mercer, R. A.; Merilh, E. L.; Merzougui, M.; Meshkov, S.; Messenger, C.; Messick, C.; Metzdorff, R.; Meyers, P. M.; Miao, H.; Michel, C.; Middleton, H.; Mikhailov, E. E.; Milano, L.; Miller, A. L.; Miller, B. B.; Miller, J.; Millhouse, M.; Milovich-Goff, M. C.; Minazzoli, O.; Minenkov, Y.; Ming, J.; Mishra, C.; Mitra, S.; Mitrofanov, V. P.; Mitselmakher, G.; Mittleman, R.; Moffa, D.; Moggi, A.; Mogushi, K.; Mohan, M.; Mohapatra, S. R.; Montani, M.; Moore, C. J.; Moraru, D.; Moreno, G.; Morriss, S. R.; Mours, B.; Mow-Lowry, C. M.; Mueller, G.; Muir, A. W.; Mukherjee, Arunava; Mukherjee, D.; Mukherjee, S.; Mukund, N.; Mullavey, A.; Munch, J.; Muñiz, E. A.; Muratore, M.; Murray, P. G.; Napier, K.; Nardecchia, I.; Naticchioni, L.; Nayak, R. K.; Neilson, J.; Nelemans, G.; Nelson, T. J.; Nery, M.; Neunzert, A.; Nevin, L.; Newport, J. M.; Newton, G.; Ng, K. K.; Nguyen, T. T.; Nichols, D.; Nielsen, A. B.; Nissanke, S.; Nitz, A.; Noack, A.; Nocera, F.; Nolting, D.; North, C.; Nuttall, L. K.; Oberling, J.; O’Dea, G. D.; Ogin, G. H.; Oh, J. J.; Oh, S. H.; Ohme, F.; Okada, M. A.; Oliver, M.; Oppermann, P.; Oram, Richard J.; O’Reilly, B.; Ormiston, R.; Ortega, L. F.; O’Shaughnessy, R.; Ossokine, S.; Ottaway, D. J.; Overmier, H.; Owen, B. J.; Pace, A. E.; Page, J.; Page, M. A.; Pai, A.; Pai, S. A.; Palamos, J. R.; Palashov, O.; Palomba, C.; Pal-Singh, A.; Pan, Howard; Pan, Huang-Wei; Pang, B.; Pang, P. T.; Pankow, C.; Pannarale, F.; Pant, B. C.; Paoletti, F.; Paoli, A.; Papa, M. A.; Parida, A.; Parker, W.; Pascucci, D.; Pasqualetti, A.; Passaquieti, R.; Passuello, D.; Patil, M.; Patricelli, B.; Pearlstone, B. L.; Pedraza, M.; Pedurand, R.; Pekowsky, L.; Pele, A.; Penn, S.; Perez, C. J.; Perreca, A.; Perri, L. M.; Pfeiffer, H. P.; Phelps, M.; Piccinni, O. J.; Pichot, M.; Piergiovanni, F.; Pierro, V.; Pillant, G.; Pinard, L.; Pinto, I. M.; Pirello, M.; Pitkin, M.; Poe, M.; Poggiani, R.; Popolizio, P.; Porter, E. K.; Post, A.; Powell, J.; Prasad, J.; Pratt, J. W.; Pratten, G.; Predoi, V.; Prestegard, T.; Prijatelj, M.; Principe, M.; Privitera, S.; Prodi, G. A.; Prokhorov, L. G.; Puncken, O.; Punturo, M.; Puppo, P.; Pürrer, M.; Qi, H.; Quetschke, V.; Quintero, E. A.; Quitzow-James, R.; Raab, F. J.; Rabeling, D. S.; Radkins, H.; Raffai, P.; Raja, S.; Rajan, C.; Rajbhandari, B.; Rakhmanov, M.; Ramirez, K. E.; Ramos-Buades, A.; Rapagnani, P.; Raymond, V.; Razzano, M.; Read, J.; Regimbau, T.; Rei, L.; Reid, S.; Reitze, D. H.; Ren, W.; Reyes, S. D.; Ricci, F.; Ricker, P. M.; Rieger, S.; Riles, K.; Rizzo, M.; Robertson, N. A.; Robie, R.; Robinet, F.; Rocchi, A.; Rolland, L.; Rollins, J. G.; Roma, V. J.; Romano, J. D.; Romano, R.; Romel, C. L.; Romie, J. H.; Rosińska, D.; Ross, M. P.; Rowan, S.; Rüdiger, A.; Ruggi, P.; Rutins, G.; Ryan, K.; Sachdev, S.; Sadecki, T.; Sadeghian, L.; Sakellariadou, M.; Salconi, L.; Saleem, M.; Salemi, F.; Samajdar, A.; Sammut, L.; Sampson, L. M.; Sanchez, E. J.; Sanchez, L. E.; Sanchis-Gual, N.; Sandberg, V.; Sanders, J. R.; Sassolas, B.; Sathyaprakash, B. S.; Saulson, P. R.; Sauter, O.; Savage, R. L.; Sawadsky, A.; Schale, P.; Scheel, M.; Scheuer, J.; Schmidt, J.; Schmidt, P.; Schnabel, R.; Schofield, R. M.; Schönbeck, A.; Schreiber, E.; Schuette, D.; Schulte, B. W.; Schutz, B. F.; Schwalbe, S. G.; Scott, J.; Scott, S. M.; Seidel, E.; Sellers, D.; Sengupta, A. S.; Sentenac, D.; Sequino, V.; Sergeev, A.; Shaddock, D. A.; Shaffer, T. J.; Shah, A. A.; Shahriar, M. S.; Shaner, M. B.; Shao, L.; Shapiro, B.; Shawhan, P.; Sheperd, A.; Shoemaker, D. H.; Shoemaker, D. M.; Siellez, K.; Siemens, X.; Sieniawska, M.; Sigg, D.; Silva, A. D.; Singer, L. P.; Singh, A.; Singhal, A.; Sintes, A. M.; Slagmolen, B. J.; Smith, B.; Smith, J. R.; Smith, R. J.; Somala, S.; Son, E. J.; Sonnenberg, J. A.; Sorazu, B.; Sorrentino, F.; Souradeep, T.; Spencer, A. P.; Srivastava, A. K.; Staats, K.; Staley, A.; Steer, D.; Steinke, M.; Steinlechner, J.; Steinlechner, S.; Steinmeyer, D.; Stevenson, S. P.; Stone, R.; Stops, D. J.; Strain, K. A.; Stratta, G.; Strigin, S. E.; Strunk, A.; Sturani, R.; Stuver, A. L.; Summerscales, T. Z.; Sun, L.; Sunil, S.; Suresh, J.; Sutton, P. J.; Swinkels, B. L.; Szczepańczyk, M. J.; Tacca, M.; Tait, S. C.; Talbot, C.; Talukder, D.; Tanner, D. B.; Tápai, M.; Taracchini, A.; Tasson, J. D.; Taylor, J. A.; Taylor, R.; Tewari, S. V.; Theeg, T.; Thies, F.; Thomas, E. G.; Thomas, M.; Thomas, P.; Thorne, K. A.; Thrane, E.; Tiwari, S.; Tiwari, V.; Tokmakov, K. V.; Toland, K.; Tonelli, M.; Tornasi, Z.; Torres-Forné, A.; Torrie, C. I.; Töyrä, D.; Travasso, F.; Traylor, G.; Trinastic, J.; Tringali, M. C.; Trozzo, L.; Tsang, K. W.; Tse, M.; Tso, R.; Tsukada, L.; Tsuna, D.; Tuyenbayev, D.; Ueno, K.; Ugolini, D.; Unnikrishnan, C. S.; Urban, A. L.; Usman, S. A.; Vahlbruch, H.; Vajente, G.; Valdes, G.; van Bakel, N.; van Beuzekom, M.; van den Brand, J. F.; Van Den Broeck, C.; Vander-Hyde, D. C.; van der Schaaf, L.; van Heijningen, J. V.; van Veggel, A. A.; Vardaro, M.; Varma, V.; Vass, S.; Vasúth, M.; Vecchio, A.; Vedovato, G.; Veitch, J.; Veitch, P. J.; Venkateswara, K.; Venugopalan, G.; Verkindt, D.; Vetrano, F.; Viceré, A.; Viets, A. D.; Vinciguerra, S.; Vine, D. J.; Vinet, J.-Y.; Vitale, S.; Vo, T.; Vocca, H.; Vorvick, C.; Vyatchanin, S. P.; Wade, A. R.; Wade, L. E.; Wade, M.; Walet, R.; Walker, M.; Wallace, L.; Walsh, S.; Wang, G.; Wang, H.; Wang, J. Z.; Wang, W. H.; Wang, Y. F.; Ward, R. L.; Warner, J.; Was, M.; Watchi, J.; Weaver, B.; Wei, L.-W.; Weinert, M.; Weinstein, A. J.; Weiss, R.; Wen, L.; Wessel, E. K.; Weßels, P.; Westerweck, J.; Westphal, T.; Wette, K.; Whelan, J. T.; Whitcomb, S. E.; Whiting, B. F.; Whittle, C.; Wilken, D.; Williams, D.; Williams, R. D.; Williamson, A. R.; Willis, J. L.; Willke, B.; Wimmer, M. H.; Winkler, W.; Wipf, C. C.; Wittel, H.; Woan, G.; Woehler, J.; Wofford, J.; Wong, K. W.; Worden, J.; Wright, J. L.; Wu, D. S.; Wysocki, D. M.; Xiao, S.; Yamamoto, H.; Yancey, C. C.; Yang, L.; Yap, M. J.; Yazback, M.; Yu, Hang; Yu, Haocun; Yvert, M.; Zadrożny, A.; Zanolin, M.; Zelenova, T.; Zendri, J.-P.; Zevin, M.; Zhang, L.; Zhang, M.; Zhang, T.; Zhang, Y.-H.; Zhao, C.; Zhou, M.; Zhou, Z.; Zhu, S. J.; Zhu, X. J.; Zimmerman, A. B.; Zucker, M. E.; Zweizig, J.; Foley, R. J.; Coulter, D. A.; Drout, M. R.; Kasen, D.; Kilpatrick, C. D.; Madore, B. F.; Murguia-Berthier, A.; Pan, Y.-C.; Piro, A. L.; Prochaska, J. X.; Ramirez-Ruiz, E.; Rest, A.; Rojas-Bravo, C.; Shappee, B. J.; Siebert, M. R.; Simon, J. D.; Ulloa, N.; Annis, J.; Soares-Santos, M.; Brout, D.; Scolnic, D.; Diehl, H. T.; Frieman, J.; Berger, E.; Alexander, K. D.; Allam, S.; Balbinot, E.; Blanchard, P.; Butler, R. E.; Chornock, R.; Cook, E. R.; Cowperthwaite, P.; Drlica-Wagner, A.; Drout, M. R.; Durret, F.; Eftekhari, T.; Finley, D. A.; Fong, W.; Fryer, C. L.; García-Bellido, J.; Gill, M. S.; Gruendl, R. A.; Hanna, C.; Hartley, W.; Herner, K.; Huterer, D.; Kasen, D.; Kessler, R.; Li, T. S.; Lin, H.; Lopes, P. A.; Lourenço, A. C.; Margutti, R.; Marriner, J.; Marshall, J. L.; Matheson, T.; Medina, G. E.; Metzger, B. D.; Muñoz, R. R.; Muir, J.; Nicholl, M.; Nugent, P.; Palmese, A.; Paz-Chinchón, F.; Quataert, E.; Sako, M.; Sauseda, M.; Schlegel, D. J.; Secco, L. F.; Smith, N.; Sobreira, F.; Stebbins, A.; Villar, V. A.; Vivas, A. K.; Wester, W.; Williams, P. K.; Yanny, B.; Zenteno, A.; Abbott, T. M.; Abdalla, F. B.; Bechtol, K.; Benoit-Lévy, A.; Bertin, E.; Bridle, S. L.; Brooks, D.; Buckley-Geer, E.; Burke, D. L.; Rosell, A. Carnero; Kind, M. Carrasco; Carretero, J.; Castander, F. J.; Cunha, C. E.; D’Andrea, C. B.; da Costa, L. N.; Davis, C.; DePoy, D. L.; Desai, S.; Dietrich, J. P.; Estrada, J.; Fernandez, E.; Flaugher, B.; Fosalba, P.; Gaztanaga, E.; Gerdes, D. W.; Giannantonio, T.; Goldstein, D. A.; Gruen, D.; Gutierrez, G.; Hartley, W. G.; Honscheid, K.; Jain, B.; James, D. J.; Jeltema, T.; Johnson, M. W.; Kent, S.; Krause, E.; Kron, R.; Kuehn, K.; Kuhlmann, S.; Kuropatkin, N.; Lahav, O.; Lima, M.; Maia, M. A.; March, M.; Miller, C. J.; Miquel, R.; Neilsen, E.; Nord, B.; Ogando, R. L.; Plazas, A. A.; Romer, A. K.; Roodman, A.; Rykoff, E. S.; Sanchez, E.; Scarpine, V.; Schubnell, M.; Sevilla-Noarbe, I.; Smith, M.; Smith, R. C.; Suchyta, E.; Tarle, G.; Thomas, D.; Thomas, R. C.; Troxel, M. A.; Tucker, D. L.; Vikram, V.; Walker, A. R.; Weller, J.; Zhang, Y.; Haislip, J. B.; Kouprianov, V. V.; Reichart, D. E.; Tartaglia, L.; Sand, D. J.; Valenti, S.; Yang, S.; Arcavi, Iair; Hosseinzadeh, Griffin; Howell, D. Andrew; McCully, Curtis; Poznanski, Dovi; Vasylyev, Sergiy; Tanvir, N. R.; Levan, A. J.; Hjorth, J.; Cano, Z.; Copperwheat, C.; de Ugarte-Postigo, A.; Evans, P. A.; Fynbo, J. P.; González-Fernández, C.; Greiner, J.; Irwin, M.; Lyman, J.; Mandel, I.; McMahon, R.; Milvang-Jensen, B.; O’Brien, P.; Osborne, J. P.; Perley, D. A.; Pian, E.; Palazzi, E.; Rol, E.; Rosetti, S.; Rosswog, S.; Rowlinson, A.; Schulze, S.; Steeghs, D. T.; Thöne, C. C.; Ulaczyk, K.; Watson, D.; Wiersema, K.; Lipunov, V. M.; Gorbovskoy, E.; Kornilov, V. G.; Tyurina, N.; Balanutsa, P.; Vlasenko, D.; Gorbunov, I.; Podesta, R.; Levato, H.; Saffe, C.; Buckley, D. A.; Budnev, N. M.; Gress, O.; Yurkov, V.; Rebolo, R.; Serra-Ricart, M.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-08-01T04:00:00Z</t>
-[...11 lines deleted...]
-    <t>1538-4357</t>
+    <t>2017-10-16T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Nature</t>
+  </si>
+  <si>
+    <t>0028-0836</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1715867</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>1707965; 1707835; 1707954; 1708081; 1700765; 1716394; 1714498</t>
+  </si>
+  <si>
+    <t>2017</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -290,81 +284,77 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="P2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>