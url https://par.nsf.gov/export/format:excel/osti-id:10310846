--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10310846</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1371/journal.pone.0249624</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Graph diffusion distance: Properties and efficient computation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Scott, C. B.; Mjolsness, Eric</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Oliva, Gabriele</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-04-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PLOS ONE</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1932-6203</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We define a new family of similarity and distance measures on graphs, and explore their theoretical properties in comparison to conventional distance metrics. These measures are defined by the solution(s) to an optimization problem which attempts find a map minimizing the discrepancy between two graph Laplacian exponential matrices, under norm-preserving and sparsity constraints. Variants of the distance metric are introduced to consider such optimized maps under sparsity constraints as well as fixed time-scaling between the two Laplacians. The objective function of this optimization is multimodal and has discontinuous slope, and is hence difficult for univariate optimizers to solve. We demonstrate a novel procedure for efficiently calculating these optima for two of our distance measure variants. We present numerical experiments demonstrating that (a) upper bounds of our distance metrics can be used to distinguish between lineages of related graphs; (b) our procedure is faster at finding the required optima, by as much as a factor of 10              3              ; and (c) the upper bounds satisfy the triangle inequality exactly under some assumptions and approximately under others. We also derive an upper bound for the distance between two graph products, in terms of the distance between the two pairs of factors. Additionally, we present several possible applications, including the construction of infinite “graph limits” by means of Cauchy sequences of graphs related to one another by our distance measure.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1633631</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>