--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10311259</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/epjconf/202125104012</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Progress in developing a hybrid deep learning algorithm for identifying and locating primary vertices</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Akar, Simon; Atluri, Gowtham; Boettcher, Thomas; Peters, Michael; Schreiner, Henry; Sokoloff, Michael; Stahl, Marian; Tepe, William; Weisser, Constantin; Williams, Mike</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Biscarat, C.; Campana, S.; Hegner, B.; Roiser, S.; Rovelli, C.I.; Stewart, G.A.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>EPJ Web of Conferences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>251</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2100-014X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The locations of proton-proton collision points in LHC experiments are called primary vertices (PVs). Preliminary results of a hybrid deep learning algorithm for identifying and locating these, targeting the Run 3 incarnation of LHCb, have been described at conferences in 2019 and 2020. In the past year we have made significant progress in a variety of related areas. Using two newer Kernel Density Estimators (KDEs) as input feature sets improves the fidelity of the models, as does using full LHCb simulation rather than the “toy Monte Carlo” originally (and still) used to develop models. We have also built a deep learning model to calculate the KDEs from track information. Connecting a tracks-to-KDE model to a KDE-to-hists model used to find PVs provides a proof-of-concept that a single deep learning model can use track information to find PVs with high efficiency and high fidelity. We have studied a variety of models systematically to understand how variations in their architectures affect performance. While the studies reported here are specific to the LHCb geometry and operating conditions, the results suggest that the same approach could be used by the ATLAS and CMS experiments.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1740102; 1836650</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>