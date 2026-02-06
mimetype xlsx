--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10311265</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/FIE49875.2021.9637057</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Review of Digital Ethnographic Methods with Implications for Engineering Education Research</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Brozina, Cory; Johri, Aditya; Jesiek, Brent; Korte, Russ</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-10-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2021 IEEE Frontiers in Education Conference (FIE)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Full Paper: Digital transformations are reshaping engineering practices with implications for conducting engineering education research. Given the paucity of discussion of digital methods within engineering education research, we believe it is important to examine and present to the community an overview of how digital technology is changing research practices. In this paper we focus on digital ethnography as it has implications for studies of technical education and work, which necessarily involve using, and observing how others employ digital data sources, tools, systems, methods, etc. In this paper we report preliminary results from an in-depth literature search and review. To select the papers for the review, we first examined prior meta-review papers that identified new ethnographic methods appropriate for digital contexts (e.g., network ethnography, trace ethnography, rapid ethnography, connective ethnography, focused ethnography, etc.). We then used these as keywords to search for papers that were representative of these methods and selected the 100 most cited papers from this corpus, with further screening resulting in a final collection of 91 papers. We then conducted free/open coding of the articles followed by thematic coding to identify six categories and dived deeper into one of the categories, focused on different approaches to ethnography, to further explore the various types of ethnographic methods mentioned in the collected literature. We close by discussing how emerging techniques in ethnographic field research can be applied to engineering education research with engineering work practices as an exemplar.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1939105; 1939272; 1938744</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>