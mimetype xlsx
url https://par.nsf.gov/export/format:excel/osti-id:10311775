--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10311775</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ac2cbc</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Final Targeting Strategy for the SDSS-IV APOGEE-2S Survey</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Santana, Felipe A.; Beaton, Rachael L.; Covey, Kevin R.; O’Connell, Julia E.; Longa-Peña, Penélope; Cohen, Roger; Fernández-Trincado, José G.; Hayes, Christian R.; Zasowski, Gail; Sobeck, Jennifer S.; Majewski, Steven R.; Chojnowski, S. D.; De Lee, Nathan; Oelkers, Ryan J.; Stringfellow, Guy S.; Almeida, Andrés; Anguiano, Borja; Donor, John; Frinchaboy, Peter M.; Hasselquist, Sten; Johnson, Jennifer A.; Kollmeier, Juna A.; Nidever, David L.; Price-Whelan, Adrian M.; Rojas-Arriagada, Alvaro; Schultheis, Mathias; Shetrone, Matthew; Simon, Joshua D.; Aerts, Conny; Borissova, Jura; Drout, Maria R.; Geisler, Doug; Law, C. Y.; Medina, Nicolas; Minniti, Dante; Monachesi, Antonela; Muñoz, Ricardo R.; Poleski, Radosław; Roman-Lopes, Alexandre; Schlaufman, Kevin C.; Stutz, Amelia M.; Teske, Johanna; Tkachenko, Andrew; Van Saders, Jennifer L.; Weinberger, Alycia J.; Zoccali, Manuela</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>162</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          APOGEE is a high-resolution (              R              ∼ 22,000), near-infrared, multi-epoch, spectroscopic survey of the Milky Way. The second generation of the APOGEE project, APOGEE-2, includes an expansion of the survey to the Southern Hemisphere called APOGEE-2S. This expansion enabled APOGEE to perform a fully panoramic mapping of all of the main regions of the Milky Way; in particular, by operating in the              H              band, APOGEE is uniquely able to probe the dust-hidden inner regions of the Milky Way that are best accessed from the Southern Hemisphere. In this paper we present the targeting strategy of APOGEE-2S, with special attention to documenting modifications to the original, previously published plan. The motivation for these changes is explained as well as an assessment of their effectiveness in achieving their intended scientific objective. In anticipation of this being the last paper detailing APOGEE targeting, we present an accounting of all such information complete through the end of the APOGEE-2S project; this includes several main survey programs dedicated to exploration of major stellar populations and regions of the Milky Way, as well as a full list of programs contributing to the APOGEE database through allocations of observing time by the Chilean National Time Allocation Committee and the Carnegie Institution for Science. This work was presented along with a companion article, Beaton et al. (2021), presenting the final target selection strategy adopted for APOGEE-2 in the Northern Hemisphere.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1801940; 1715662; 1311835; 1659444; 1358770; 1908331; 1909497</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>