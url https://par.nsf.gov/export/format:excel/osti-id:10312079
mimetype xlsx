--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10312079</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/SP40001.2021.00090</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Arbitrar: User-Guided API Misuse Detection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Ziyang; Machiry, Aravind; Chen, Binghong; Wang, Ke; Naik, Mayur; Song, Le</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-05-24T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Symposium on Security and Privacy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Software APIs exhibit rich diversity and complexity which not only renders them a common source of programming errors but also hinders program analysis tools for checking them. Such tools either expect a precise API specification, which requires program analysis expertise, or presume that correct API usages follow simple idioms that can be automatically mined from code, which suffers from poor accuracy. We propose a new approach that allows regular programmers to find API misuses.  Our approach interacts with the user to classify valid and invalid usages of each target API method. It minimizes user burden by employing an active learning algorithm that ranks API usages by their likelihood of being invalid. We implemented our approach in a tool called ARBITRAR for C/C++ programs, and applied it to check the uses of 18 API methods in 21 large real-world programs, including OpenSSL and Linux Kernel. Within just 3 rounds of user interaction on average per API method, ARBITRAR found 40 new bugs, with patches accepted for 18 of them. Moreover, ARBITRAR finds all known bugs reported by a state-of-the-art tool APISAN in a benchmark suite comprising 92 bugs with a false positive rate of only 51.5% compared to APISAN’s 87.9%</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1836936</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>