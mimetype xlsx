--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10312598</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ac23c6</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Gravity Collective: A Search for the Electromagnetic Counterpart to the Neutron Star–Black Hole Merger GW190814</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kilpatrick, Charles D.; Coulter, David A.; Arcavi, Iair; Brink, Thomas G.; Dimitriadis, Georgios; Filippenko, Alexei V.; Foley, Ryan J.; Howell, D. Andrew; Jones, David O.; Kasen, Daniel; Makler, Martin; Piro, Anthony L.; Rojas-Bravo, César; Sand, David J.; Swift, Jonathan J.; Tucker, Douglas; Zheng, WeiKang; Allam, Sahar S.; Annis, James T.; Antilen, Juanita; Bachmann, Tristan G.; Bloom, Joshua S.; Bom, Clecio R.; Bostroem, K. Azalee; Brout, Dillon; Burke, Jamison; Butler, Robert E.; Butner, Melissa; Campillay, Abdo; Clever, Karoli E.; Conselice, Christopher J.; Cooke, Jeff; Dage, Kristen C.; de Carvalho, Reinaldo R.; de Jaeger, Thomas; Desai, Shantanu; Garcia, Alyssa; Garcia-Bellido, Juan; Gill, Mandeep S.; Girish, Nachiket; Hallakoun, Na’ama; Herner, Kenneth; Hiramatsu, Daichi; Holz, Daniel E.; Huber, Grace; Kawash, Adam M.; McCully, Curtis; Medallon, Sophia A.; Metzger, Brian D.; Modak, Shaunak; Morgan, Robert; Muñoz, Ricardo R.; Muñoz-Elgueta, Nahir; Murakami, Yukei S.; E., Felipe Olivares; Palmese, Antonella; Patra, Kishore C.; Pereira, Maria E.; Pessi, Thallis L.; Pineda-Garcia, J.; Quirola-Vásquez, Jonathan; Ramirez-Ruiz, Enrico; Rembold, Sandro Barboza; Rest, Armin; Rodríguez, Ósmar; Santana-Silva, Luidhy; Sherman, Nora F.; Siebert, Matthew R.; Smith, Carli; Smith, J. Allyn; Soares-Santos, Marcelle; Stacey, Holland; Stahl, Benjamin E.; Strader, Jay; Strasburger, Erika; Sunseri, James; Tinyanont, Samaporn; Tucker, Brad E.; Ulloa, Natalie; Valenti, Stefano; Vasylyev, Sergiy S.; Wiesner, Matthew P.; Zhang, Keto D.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>923</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          We present optical follow-up imaging obtained with the Katzman Automatic Imaging Telescope, Las Cumbres Observatory Global Telescope Network, Nickel Telescope, Swope Telescope, and Thacher Telescope of the LIGO/Virgo gravitational wave (GW) signal from the neutron star–black hole (NSBH) merger GW190814. We searched the GW190814 localization region (19 deg              2              for the 90th percentile best localization), covering a total of 51 deg              2              and 94.6% of the two-dimensional localization region. Analyzing the properties of 189 transients that we consider as candidate counterparts to the NSBH merger, including their localizations, discovery times from merger, optical spectra, likely host galaxy redshifts, and photometric evolution, we conclude that none of these objects are likely to be associated with GW190814. Based on this finding, we consider the likely optical properties of an electromagnetic counterpart to GW190814, including possible kilonovae and short gamma-ray burst afterglows. Using the joint limits from our follow-up imaging, we conclude that a counterpart with an              r              -band decline rate of 0.68 mag day              −1              , similar to the kilonova AT 2017gfo, could peak at an absolute magnitude of at most −17.8 mag (50% confidence). Our data are not constraining for “red” kilonovae and rule out “blue” kilonovae with              M              &gt; 0.5              M              ⊙              (30% confidence). We strongly rule out all known types of short gamma-ray burst afterglows with viewing angles &lt;17° assuming an initial jet opening angle of ∼5.°2 and explosion energies and circumburst densities similar to afterglows explored in the literature. Finally, we explore the possibility that GW190814 merged in the disk of an active galactic nucleus, of which we find four in the localization region, but we do not find any candidate counterparts among these sources.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2122312; 1910719; 2002577; 2110507; 1908972; 2108032; 2008108; 1911151; 1911225; 1911206; 2020275</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>