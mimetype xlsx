--- v0 (2026-01-17)
+++ v1 (2026-02-11)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10312995</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1016/j.jddst.2021.102395</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Feasibility of using negative pressure for jet injection applications</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rane, Y.S.; Thomas, J.B.; Fisher, P.; Broderick, K.E.; Marston, J.O.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-02-14T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of drug delivery science and technology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1773-2247</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We report on an experimental study of high-speed micro-scale liquid jets ejected into low-pressure environments, which has applications for the use of negative pressure modules in jet injector systems. The jets were impulsively started by the action of a stiff spring-piston and ejected through a narrow orifice, D_{0} ~ 100 μm, into partial vacuums ranging from atmospheric pressure down to -80 kPa. We find that due to the high exit velocity, V_{j} ~ 100 m/s, the main jet stream is largely unaffected, but we reveal some fascinating fine features during the startup phase, largely due to the presence of a small liquid volume pulled through the orifice prior to actuating the jet. In particular, as the pressure decreases, the start-up time increases and the initial spray becomes more pronounced. However, the primary outcome of this feasibility study is that use of negative pressures is viable for jet injector applications, and we hypothesize an optimal range of working pressures and configurations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1749382</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>