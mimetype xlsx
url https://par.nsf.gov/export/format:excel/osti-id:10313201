--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10313201</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/0.4230/LIPIcs.ECOOP.2021.3</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Gradual Program Analysis for Null Pointers</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Estep, Sam; Wise, Jenna; Aldrich, Jonathan; Tanter, Éric; Bader, Johannes; Sunshine, Joshua</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-07-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>35th European Conference on Object-Oriented Programming (ECOOP)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Static analysis tools typically address the problem of excessive false positives by requiring programmers to explicitly annotate their code. However, when faced with incomplete annotations, many analysis tools are either too conservative, yielding false positives, or too optimistic, resulting in unsound analysis results. In order to flexibly and soundly deal with partially-annotated programs, we propose to build upon and adapt the gradual typing approach to abstract-interpretation-based program analyses. Specifically, we focus on null-pointer analysis and demonstrate that a gradual null-pointer analysis hits a sweet spot, by gracefully applying static analysis where possible and relying on dynamic checks where necessary for soundness. In addition to formalizing a gradual null-pointer analysis for a core imperative language, we build a prototype using the Infer static analysis framework, and present preliminary evidence that the gradual null-pointer analysis reduces false positives compared to two existing null-pointer checkers for Infer. Further, we discuss ways in which the gradualization approach used to derive the gradual analysis from its static counterpart can be extended to support more domains. This work thus provides a basis for future analysis tools that can smoothly navigate the tradeoff between human effort and run-time overhead to reduce the number of reported false positives.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1852260</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>