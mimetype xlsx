--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10313204</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3492427</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Bounded Abstract Effects</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Melicher, Darya; Xu, Anlun; Zhao, Valerie; Potanin, Alex; Aldrich, Jonathan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-03-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Programming Languages and Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0164-0925</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Effect systems have been a subject of active research for nearly four decades, with the most notable practical example being checked exceptions in programming languages such as Java. While many exception systems support abstraction, aggregation, and hierarchy (e.g., via class declaration and subclassing mechanisms), it is rare to see such expressive power in more generic effect systems. We designed an effect system around the idea of protecting system resources and incorporated our effect system into the Wyvern programming language. Similar to type members, a Wyvern object can have effect members that can abstract lower-level effects, allow for aggregation, and have both lower and upper bounds, providing for a granular effect hierarchy. We argue that Wyvern’s effects capture the right balance of expressiveness and power from the programming language design perspective. We present a full formalization of our effect-system design, showing that it allows reasoning about authority and attenuation. Our approach is evaluated through a security-related case study.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1852260</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>