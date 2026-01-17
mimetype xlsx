--- v0 (2025-11-01)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,85 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10313441</t>
-[...8 lines deleted...]
-    <t>Kapovich, Ilya; Maher, Joseph; Pfaff, Catherine; Taylor, Samuel J.</t>
+    <t>10114092</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2022-01-01T05:00:00Z</t>
-[...11 lines deleted...]
-    <t>0002-9947</t>
+    <t>PyRTLMatrix: an Object-Oriented Hardware Design Pattern for Prototyping ML Accelerators</t>
+  </si>
+  <si>
+    <t>Aboye, Dawit; Kupsh, Dylan; Lim, Maggie; Mai, Jacqueline; Dangwal, Deeksha; Mirza, Diba; Sherwood, Timothy</t>
+  </si>
+  <si>
+    <t>2019-07-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Workshop on Energy Efficient Machine Learning and Cognitive Computing for Embedded Applications (EMC2’19).</t>
+  </si>
+  <si>
+    <t>As Machine Learning (ML) applications become pervasive and computer architects further integrate hardware support, the need to rapidly explore trade-offs between algorithms
+and hardware becomes pressing. While prior work on hardware accelerators has led to tremendous performance and energy improvements, it can be difficult to generalize these
+approaches without resorting to special-purpose tools or even languages. Through object-oriented design principles, we describe a general and reusable approach for generating parameterized neural network hardware. Specifically, we describe our experiences with high-level hardware design objects for building neural network hardware based on the
+open-source Python HDL, PyRTL. By thinking at a higher level of abstraction than simple “hardware modules,”, we open the door to a process by which hardware can be developed
+with software engineering principles. This creates new opportunities for a tight feedback loop between machine learning algorithm innovation and hardware design reality. Future works considering hardware development for ML applications can benefit from our work analyzing the costs and benefits of abstraction.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1905641</t>
-[...5 lines deleted...]
-    <t>Journal Article</t>
+    <t>1821415</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -279,92 +274,88 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" s="0"/>
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" s="0"/>
-      <c r="L2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="M2" s="0"/>
-[...12 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>