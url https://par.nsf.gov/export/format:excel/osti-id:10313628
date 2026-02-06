--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10313628</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ACII52823.2021.9597427</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Towards Emotion-Aware Agents For Negotiation Dialogues</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Chawla, Kushal; Clever, Rene; Ramirez, Jaysa; Lucas, Gale; Gratch, Jonathan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-09-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>9th International Conference on Affective Computing and Intelligent Interaction (ACII)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Negotiation is a complex social interaction that encapsulates emotional encounters in human decision-making. Virtual agents that can negotiate with humans are useful in pedagogy and conversational AI. To advance the development of such agents, we explore the prediction of two important subjective goals in a negotiation – outcome satisfaction and partner perception. Specifically, we analyze the extent to which emotion attributes extracted from the negotiation help in the prediction, above and beyond the individual difference variables. We focus on a recent dataset in chat-based negotiations, grounded in a realistic camping scenario. We study three degrees of emotion dimensions – emoticons, lexical, and contextual by leveraging affective lexicons and a state-of-the-art deep learning architecture. Our insights will be helpful in designing adaptive negotiation agents that interact through realistic communication interfaces.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1852583</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>