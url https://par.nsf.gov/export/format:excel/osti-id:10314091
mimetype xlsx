--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10314091</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3386201.3386204</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Tools for Biomakers: Reviewing Affordances and Challenges for K-12 Hands-On Making with Biology</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kafai, Yasmin B.; Walker, Justice T.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-04-04T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 9th Annual Conference on Maker Education (FabLearn '20)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>While many digital or physical tools and construction kits have been developed for young makers, far fewer developments have focused on making with living materials, at DNA and cellular scales. In this paper, we review the affordances of various hands-on simulation tools and wet labs for K-12-aged biomakers to be used in school, home and science centers. We discuss how making with biology requires broadened conceptualizations of perceptibility, tinkerability, expressivity, and usability---features commonly considered in the research and design of digital and physical maker media. We conclude with a discussion of affordances and challenges we see in the current generation of tools and labs for supporting making with biology and in which ways these can be expanded to support learning, collaboration, and creativity that are valued in maker education.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1840933</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>