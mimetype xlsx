--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10314989</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/GLOBECOM42002.2020.9322500</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Cross-Layer Band Selection and Routing Design for Diverse Band-Aware DSA Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Upadhyaya, Pratheek S.; Shah, Vijay K.; Reed, Jeffrey H.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>GLOBECOM 2020 - 2020 IEEE Global Communications Conference, 2020</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>As several new spectrum bands are opening up for shared use, a new paradigm of Diverse Band-aware Dynamic Spectrum Access (d-DSA) has emerged. d-DSA equips a secondary device with software defined radios (SDRs) and utilize whitespaces (or idle channels) in multiple bands, including but not limited to TV, LTE, Citizen Broadband Radio Service (CBRS), unlicensed ISM. In this paper, we propose a decentralized, online multi-agent reinforcement learning based cross-layer BAnd selection and Routing Design (BARD) for such d-DSA networks. BARD not only harnesses whitespaces in multiple spectrum bands, but also accounts for unique electro-magnetic characteristics of those bands to maximize the desired quality of service (QoS) requirements of heterogeneous message packets; while also ensuring no harmful interference to the primary users in the utilized band. Our extensive experiments demonstrate that BARD outperforms the baseline dDSAaR algorithm in terms of message delivery ratio, however, at a relatively higher network latency, for varying number of primary and secondary users. Furthermore, BARD greatly outperforms its single-band DSA variants in terms of both the metrics in all considered scenarios.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1642873</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>