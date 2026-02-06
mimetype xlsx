--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10315122</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ac2577</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Comprehensive Analysis of a Dense Sample of FRB 121102 Bursts</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Aggarwal, Kshitij; Agarwal, Devansh; Lewis, Evan F.; Anna-Thomas, Reshma; Tremblay, Jacob Cardinal; Burke-Spolaor, Sarah; McLaughlin, Maura A.; Lorimer, Duncan R.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-11-25T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>922</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          We present an analysis of a densely repeating sample of bursts from the first repeating fast radio burst, FRB 121102. We reanalyzed the data used by Gourdji et al. and detected 93 additional bursts using our single-pulse search pipeline. In total, we detected 133 bursts in three hours of data at a center frequency of 1.4 GHz using the Arecibo telescope, and develop robust modeling strategies to constrain the spectro-temporal properties of all of the bursts in the sample. Most of the burst profiles show a scattering tail, and burst spectra are well modeled by a Gaussian with a median width of 230 MHz. We find a lack of emission below 1300 MHz, consistent with previous studies of FRB 121102. We also find that the peak of the log-normal distribution of wait times decreases from 207 to 75 s using our larger sample of bursts, as compared to that of Gourdji et al. Our observations do not favor either Poissonian or Weibull distributions for the burst rate distribution. We searched for periodicity in the bursts using multiple techniques, but did not detect any significant period. The cumulative burst energy distribution exhibits a broken power-law shape, with the lower- and higher-energy slopes of −0.4 ± 0.1 and −1.8 ± 0.2, with the break at (2.3 ± 0.2) × 10              37              erg. We provide our burst fitting routines as a Python package              burstfit                              4                                                              4                                                  https://github.com/thepetabyteproject/burstfit                                            that can be used to model the spectrogram of any complex fast radio burst or pulsar pulse using robust fitting techniques. All of the other analysis scripts and results are publicly available.                              5                                                              5                                                  https://github.com/thepetabyteproject/FRB121102</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1726534; 2020265; 1714897; 2108673</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>