--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10315464</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/abe9b7</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>On the Detectability of Ultracompact Binary Pulsar Systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Pol, Nihan; McLaughlin, Maura; Lorimer, Duncan R.; Garver-Daniels, Nathan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-04-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>912</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          Using neural networks, we integrate the ability to account for Doppler smearing due to a pulsar’s orbital motion with the pulsar population synthesis package              psrpoppy              to develop accurate modeling of the observed binary pulsar population. As a first application, we show that binary neutron star systems where the two components have highly unequal mass are, on average, easier to detect than systems that are symmetric in mass. We then investigate the population of ultracompact (1.5 minutes ≤              P              b              ≤ 15 minutes) neutron star–white dwarf (NS–WD) and double neutron star (DNS) systems, which are promising sources for the Laser Interferometer Space Antenna gravitational-wave detector. Given the nondetection of these systems in radio surveys thus far, we estimate a 95% confidence upper limit of ∼1450 and ∼1100 ultracompact NS–WD and DNS systems in the Milky Way that are beaming toward the Earth, respectively. We also show that using survey integration times in the range 20 s–200 s with time-domain resampling will maximize the signal-to-noise ratio as well as the probability of detection of these ultracompact binary systems. Among all the large-scale radio pulsar surveys, those that are currently being carried out using archival data collected with the Arecibo radio telescope have a ∼50%–80% chance of detecting at least one of these systems using current integration integration times and ∼80%–95% using optimal integration times in the next several years.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1726534</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>