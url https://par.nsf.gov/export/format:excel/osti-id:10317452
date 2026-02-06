--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10317452</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1371/journal.pone.0262281</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Queen triggerfish Balistes vetula: Validation of otolith-based age, growth, and longevity estimates via application of bomb radiocarbon</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shervette, Virginia R.; Rivera Hernández, Jesús M.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Claydon, John A.</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PLOS ONE</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1932-6203</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Ensuring the accuracy of age estimation in fisheries science through validation is an essential step in managing species for long-term sustainable harvest. The current study used Δ              14              C in direct validation of age estimation for queen triggerfish              Balistes vetula              and conclusively documented that triggerfish sagittal otoliths provide more accurate and precise age estimates relative to dorsal spines. Caribbean fish samples (n = 2045) ranged in size from 67–473 mm fork length (FL); 23 fish from waters of the southeastern U.S. (SEUS) Atlantic coast ranged in size from 355–525 mm FL. Otolith-based age estimates from Caribbean fish range from 0–23 y, dorsal spine-based age estimates ranged from 1–14 y. Otolith-based age estimates for fish from the SEUS ranged from 8–40 y. Growth function estimates from otoliths in the current study (L              ∞              = 444,              K              = 0.13, t              0              = -1.12) differed from spined-derived estimates in the literature. Our work indicates that previously reported maximum ages for              Balistes              species based on spine-derived age estimates may underestimate longevity of these species since queen triggerfish otolith-based ageing extended maximum known age for the species by nearly three-fold (14 y from spines versus 40 y from otoliths). Future research seeking to document age and growth population parameters of              Balistes              species should strongly consider incorporating otolith-based ageing in the research design.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1755125</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>