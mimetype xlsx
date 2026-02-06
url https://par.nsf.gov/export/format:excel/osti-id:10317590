--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10317590</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s10639-021-10726-6</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Wearables can help me learn: A survey of user perception of wearable technologies for learning in everyday life</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rani, N.; Chu, S. L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-09-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Education and information technologies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1573-7608</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Wearable devices are a popular class of portable ubiquitous technology. These devices are available in a variety of forms, ranging from smart glasses to smart rings. The fact that smart wearable devices are attached to the body makes them particularly suitable to be integrated into people’s daily lives. Thus, we propose that wearables can be particularly useful to help people make sense of different kinds of information and situations in the course of their everyday activities, in other words, to help support learning in everyday life. Further, different forms of wearables have different affordances leading to varying perceptions and preferences, depending on the purpose and context of use. While there is research on wearable use in the learning context, it is mostly limited to specific settings and usually only explores wearable use for a specific task. This paper presents an online survey with 70 participants conducted to understand users’ preferences and perceptions of how wearables may be used to support learning in their everyday life. Multiple ways of use of wearable for learning were proposed. Asking for information was the most common learning-oriented use. The smartwatch/wristband, followed by the smart glasses, was the most preferred wearable form factor to support learning. Our survey results also showed that the choice of wearable type to use for learning is associated with prior wearable experience and that perceived social influence of wearables decreases significantly with gain in the experience with a fitness tracker. Overall, our study indicates that wearable devices have untapped potential to be used for learning in daily life and different form factors are perceived to afford different functions and used for different purposes.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1942937</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>