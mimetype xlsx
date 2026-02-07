--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10317841</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1177/0271678X211010352</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Hemodynamic and oxygen-metabolic responses of the awake mouse brain to hypercapnia revealed by multi-parametric photoacoustic microscopy</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cao, Rui; Tran, Angela; Li, Jun; Xu, Zhiqiang; Sun, Naidi; Zuo, Zhiyi; Hu, Song</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Cerebral Blood Flow &amp; Metabolism</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0271-678X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A widely used cerebrovascular stimulus and common pathophysiologic condition, hypercapnia is of great interest in brain research. However, it remains controversial how hypercapnia affects brain hemodynamics and energy metabolism. By using multi-parametric photoacoustic microscopy, the multifaceted responses of the awake mouse brain to different levels of hypercapnia are investigated. Our results show significant and vessel type-dependent increases of the vessel diameter and blood flow in response to the hypercapnic challenges, along with a decrease in oxygen extraction fraction due to elevated venous blood oxygenation. Interestingly, the increased blood flow and decreased oxygen extraction are not commensurate with each other, which leads to reduced cerebral oxygen metabolism. Further, time-lapse imaging over 2-hour chronic hypercapnic challenges reveals that the structural, functional, and metabolic changes induced by severe hypercapnia (10% CO              2              ) are not only more pronounced but more enduring than those induced by mild hypercapnia (5% CO              2              ), indicating that the extent of brain’s compensatory response to chronic hypercapnia is inversely related to the severity of the challenge. Offering quantitative, dynamic, and CO              2              level-dependent insights into the hemodynamic and metabolic responses of the brain to hypercapnia, these findings might provide useful guidance to the application of hypercapnia in brain research.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2023988</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>