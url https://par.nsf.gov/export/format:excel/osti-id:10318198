--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,97 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10318198</t>
-[...8 lines deleted...]
-    <t>Chih, Liang-Ying; Holland, Murray</t>
+    <t>10153548</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1038/s41467-020-15191-2</t>
+  </si>
+  <si>
+    <t>Polar coupling enabled nonlinear optical filtering at MoS2/ferroelectric heterointerfaces</t>
+  </si>
+  <si>
+    <t>Li, Dawei (ORCID:0000000169674968); Huang, Xi; Xiao, Zhiyong (ORCID:0000000324612338); Chen, Hanying (ORCID:0000000235830149); Zhang, Le; Hao, Yifei; Song, Jingfeng; Shao, Ding-Fu; Tsymbal, Evgeny Y. (ORCID:0000000267285480); Lu, Yongfeng (ORCID:0000000259421999); Hong, Xia (ORCID:0000000278735774)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-09-01T04:00:00Z</t>
-[...8 lines deleted...]
-    <t>2643-1564</t>
+    <t>2020-03-17T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Nature Communications</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>2041-1723</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt;
+ &lt;p&gt;Complex oxide heterointerfaces and van der Waals heterostructures present two versatile but intrinsically different platforms for exploring emergent quantum phenomena and designing new functionalities. The rich opportunity offered by the synergy between these two classes of materials, however, is yet to be charted. Here, we report an unconventional nonlinear optical filtering effect resulting from the interfacial polar alignment between monolayer MoS&lt;sub&gt;2&lt;/sub&gt;and a neighboring ferroelectric oxide thin film. The second harmonic generation response at the heterointerface is either substantially enhanced or almost entirely quenched by an underlying ferroelectric domain wall depending on its chirality, and can be further tailored by the polar domains. Unlike the extensively studied coupling mechanisms driven by charge, spin, and lattice, the interfacial tailoring effect is solely mediated by the polar symmetry, as well explained via our density functional theory calculations, pointing to a new material strategy for the functional design of nanoscale reconfigurable optical applications.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1734006; 2016244</t>
-[...2 lines deleted...]
-    <t>2021</t>
+    <t>1825608</t>
+  </si>
+  <si>
+    <t>2020</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Nature Publishing Group</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -291,77 +301,81 @@
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>36</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>40</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>41</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>