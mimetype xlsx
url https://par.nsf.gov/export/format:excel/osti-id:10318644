--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10318644</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.24963/ijcai.2021/486</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Collaborative Graph Learning with Auxiliary Text for Temporal Event Prediction in Healthcare</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lu, Chang; Reddy, Chandan K; Chakraborty, Prithwish; Kleinberg, Samantha; Ning, Yue</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Thirtieth International Joint Conference on Artificial Intelligence</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Accurate and explainable health event predictions are becoming crucial for healthcare providers to develop care plans for patients. The availability of electronic health records (EHR) has enabled machine learning advances in providing these predictions. However, many deep-learning-based methods are not satisfactory in solving several key challenges: 1) effectively utilizing disease domain knowledge; 2) collaboratively learning representations of patients and diseases; and 3) incorporating unstructured features. To address these issues, we propose a collaborative graph learning model to explore patient-disease interactions and medical domain knowledge. Our solution is able to capture structural features of both patients and diseases. The proposed model also utilizes unstructured text data by employing an attention manipulating strategy and then integrates attentive text features into a sequential learning process. We conduct extensive experiments on two important healthcare problems to show the competitive prediction performance of the proposed method compared with various state-of-the-art models. We also confirm the effectiveness of learned representations and model interpretability by a set of ablation and case studies.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1948432</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>