--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10318744</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3481639</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Toward Understanding and Evaluating Structural Node Embeddings</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jin, Junchen; Heimann, Mark; Jin, Di; Koutra, Danai</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-06-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Knowledge Discovery from Data</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1556-4681</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>While most network embedding techniques model the proximity between nodes in a network, recently there has been significant interest in              structural embeddings              that are based on node              equivalences              , a notion rooted in sociology: equivalences or positions are collections of nodes that have similar roles—i.e., similar functions, ties or interactions with nodes in other positions—irrespective of their distance or reachability in the network. Unlike the proximity-based methods that are rigorously evaluated in the literature, the evaluation of structural embeddings is less mature. It relies on small synthetic or real networks with labels that are not perfectly defined, and its connection to sociological equivalences has hitherto been vague and tenuous. With new node embedding methods being developed at a breakneck pace,              proper evaluation, and systematic characterization of existing approaches will be essential to progress.                                      To fill in this gap, we set out to understand              what              types of equivalences structural embeddings capture. We are the first to contribute rigorous intrinsic and extrinsic evaluation methodology for structural embeddings, along with carefully-designed, diverse datasets of varying sizes. We observe a number of different evaluation variables that can lead to different results (e.g., choice of similarity measure, classifier, and label definitions). We find that degree distributions within nodes’ local neighborhoods can lead to simple yet effective baselines in their own right and guide the future development of structural embedding. We hope that our findings can influence the design of further node embedding methods and also pave the way for more comprehensive and fair evaluation of structural embedding methods.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1845491</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>