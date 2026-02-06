--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10318972</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1039/D1AN00103E</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Multi-modal image sharpening in fourier transform infrared (FTIR) microscopy</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mankar, Rupali; Gajjela, Chalapathi Charan; Shahraki, Farideh Foroozandeh; Prasad, Saurabh; Mayerich, David; Reddy, Rohith</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-07-26T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Analyst</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>146</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0003-2654</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Mid-infrared Spectroscopic Imaging (MIRSI) provides spatially-resolved molecular specificity by measuring wavelength-dependent mid-infrared absorbance. Infrared microscopes use large numerical aperture objectives to obtain high-resolution images of heterogeneous samples. However, the optical resolution is fundamentally diffraction-limited, and therefore wavelength-dependent. This significantly limits resolution in infrared microscopy, which relies on long wavelengths (2.5 μm to 12.5 μm) for molecular specificity. The resolution is particularly restrictive in biomedical and materials applications, where molecular information is encoded in the fingerprint region (6 μm to 12 μm), limiting the maximum resolving power to between 3 μm and 6 μm. We present an unsupervised curvelet-based image fusion method that overcomes limitations in spatial resolution by augmenting infrared images with label-free visible microscopy. We demonstrate the effectiveness of this approach by fusing images of breast and ovarian tumor biopsies acquired using both infrared and dark-field microscopy. The proposed fusion algorithm generates a hyperspectral dataset that has both high spatial resolution and good molecular contrast. We validate this technique using multiple standard approaches and through comparisons to super-resolved experimentally measured photothermal spectroscopic images. We also propose a novel comparison method based on tissue classification accuracy.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1943455</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>