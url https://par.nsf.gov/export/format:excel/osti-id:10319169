--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10319169</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/fpls.2022.716506</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Detecting intra-field variation in rice yield with UAV imagery and deep learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bellis, E.; Hashem, A.; Causey, J; Runkle, B.R.; Moreno-Garcia, B.; Burns, B; Green, V.S.; Burcham, T.N.; Reba, M.L.; Huang, X.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-03-10T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in plant science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1664-462X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Unmanned aerial vehicles (UAVs) equipped with multispectral sensors offer high spatial and temporal resolution imagery for monitoring crop stress at early stages of development. Analysis of UAV-derived data with advanced machine learning models could improve real-time management in agricultural systems, but guidance for this integration is currently limited. Here we compare two deep learning-based strategies for early warning detection of crop stress, using multitemporal imagery throughout the growing season to predict field-scale yield in irrigated rice in eastern Arkansas. Both deep learning strategies showed improvements upon traditional statistical learning approaches including linear regression and gradient boosted decision trees. First, we explicitly accounted for variation across developmental stages using a 3D convolutional neural network (CNN) architecture that captures both spatial and temporal dimensions of UAV images from multiple time points throughout one growing season. 3D-CNNs achieved low prediction error on the test set, with a Root Mean Squared Error (RMSE) of 8.8% of the mean yield. For the second strategy, a 2D-CNN, we considered only spatial relationships among pixels for image features acquired during a single flyover. 2D-CNNs trained on images from a single day were most accurate when images were taken during booting stage or later, with RMSE ranging from 7.4 to 8.2% of the mean yield. A primary benefit of convolutional autoencoder-like models (based on analyses of prediction maps and feature importance) is the spatial denoising effect that corrects yield predictions for individual pixels based on the values of vegetation index and thermal features for nearby pixels. Our results highlight the promise of convolutional autoencoders for UAV-based yield prediction in rice.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1752083; 1723529; 2054737</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>