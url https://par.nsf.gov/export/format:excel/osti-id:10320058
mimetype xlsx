--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10320058</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Pre-service Teachers' Learning from Significant Opportunities for Improvement in a Positive Error Culture</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Groth, R.; Bergner, J.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Mathematics teacher education and development</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1442-3901</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Many teacher education models involve reflecting on teaching practice for the sake of improving it. Such reflection must be carefully structured to help practitioners identify and act upon significant opportunities for improvement (SOIs). Learning from SOIs requires the cognitive activities of noticing students’ mathematical thinking and its connection to instructional practice, along with an affective disposition to view sub-optimal teaching practices as learning opportunities. We draw upon existing literature and theory related to the notion of developing positive error cultures to identify design principles for helping teachers learn from their own sub-optimal practices rather than becoming discouraged by them. The design principles include experience-based learning, low-stakes settings, collaboration, process reflection, and exploration of disagreements. We then describe a mathematics teacher education environment incorporating the design principles. Examples of pre-service teachers’ work within the environment are analysed for possible patterns of learning from SOIs within a positive error culture. Based on these examples, a four-quadrant model to characterise teachers’ learning from SOIs is proposed. The four quadrants describe various outcomes related to recognising and resolving SOIs.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1658968</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>