--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,93 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10545622</t>
-[...8 lines deleted...]
-    <t>Liang, Shenyuan; Srivastava, Anuj; Segundo, Mauricio Pamplona; Sarkar, Sudeep; Aakur, Sathyanarayanan N</t>
+    <t>10320254</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1103/PhysRevB.104.115118</t>
+  </si>
+  <si>
+    <t>Mapping out the emergence of topological features in the highly alloyed topological Kondo insulators &lt;math&gt;&lt;mrow&gt;&lt;msub&gt;&lt;mi&gt;Sm&lt;/mi&gt;&lt;mrow&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mi&gt;x&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;msub&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;mi&gt;x&lt;/mi&gt;&lt;/msub&gt;&lt;msub&gt;&lt;mi mathvariant='normal'&gt;B&lt;/mi&gt;&lt;mn&gt;6&lt;/mn&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;mo&gt;(&lt;/mo&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mi&gt;Eu&lt;/mi&gt;&lt;mo&gt;,&lt;/mo&gt;&lt;mspace width='4pt'/&gt;&lt;mi&gt;Ce&lt;/mi&gt;&lt;mo&gt;)&lt;/mo&gt;&lt;/mrow&gt;&lt;/math&gt;</t>
+  </si>
+  <si>
+    <t>Xu, Yishuai; Kotta, Erica C.; Song, M. S.; Kang, B. Y.; Lee, J. W.; Cho, B. K.; Liu, Shouzheng; Yilmaz, Turgut; Vescovo, Elio; Denlinger, Jonathan D.; Miao, Lin; Wray, L. Andrew</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-05-27T04:00:00Z</t>
-[...8 lines deleted...]
-    <t>This paper focuses on the registration problem of shape graphs, where a shape graph is a set of nodes connected by articulated curves with arbitrary shapes. This registration requires optimization over the permutation group, made challenging by differences in nodes (in terms of numbers, locations) and edges (in terms of shapes, placements, and sizes) across graphs. We tackle this registration problem using a neuralnetwork architecture with an unsupervised loss function based on the elastic shape metric for curves. This architecture results in (1) state-of-the-art matching performance and (2) an order of magnitude reduction in the computational cost relative to baseline approaches. We demonstrate the effectiveness of the proposed approach using both simulated data and real-world 2D retinal blood vessels and 3D microglia graphs.</t>
+    <t>2021-09-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Physical Review B</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>2469-9950</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2348690; 2348689</t>
-[...11 lines deleted...]
-    <t>Athens, Greece</t>
+    <t>2105081</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -290,86 +287,84 @@
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" s="0"/>
-[...2 lines deleted...]
-      <c r="K2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="L2" s="0"/>
-      <c r="M2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="N2" t="s" s="0">
+      <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="M2" s="0"/>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="W2" t="s" s="0">
         <v>39</v>
       </c>
-      <c r="X2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="W2" s="0"/>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>