--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10320301</t>
-[...8 lines deleted...]
-    <t>Yoshimura, Akira; Huss, Christopher D.; Saito, Akio; Kitamura, Tsugio; Zhdankin, Viktor V.</t>
+    <t>10555702</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3897/zookeys.1210.125318</t>
+  </si>
+  <si>
+    <t>Discovery of a new tarantula species from the Madrean Sky Islands and the first documented instance of syntopy between two montane endemics (Araneae, Theraphosidae, Aphonopelma): a case of prior mistaken identity</t>
+  </si>
+  <si>
+    <t>Hamilton, Chris A; Hendrixson, Brent E; Silvestre_Bringas, Karina</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-09-20T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>2-Iodosylbenzoic acid in the presence of trifluoromethanesulfonic anhydride is an efficient oxidant and electrophilic reagent useful for preparation of the corresponding alkenyl and aryliodonium salts. Compared to the previously reported methods of electrophilic activation of 2-iodosylbenzoic acid, this procedure is compatible with acid-sensitive functional groups, requires mild reaction conditions, and affords products in higher yields.</t>
+    <t>2024-08-16T04:00:00Z</t>
+  </si>
+  <si>
+    <t>ZooKeys</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>61 to 98</t>
+  </si>
+  <si>
+    <t>1313-2989</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;The Chiricahua Mountains in southeastern Arizona are renowned for their exceptional biodiversity and high levels of endemism. Morphological, genomic, behavioral, and distributional data were used to report the discovery of a remarkable new tarantula species from this range.&lt;italic&gt;Aphonopelma jacobii&lt;/italic&gt;&lt;bold&gt;sp. nov.&lt;/bold&gt;inhabits high-elevation mixed conifer forests in these mountains, but also co-occurs and shares its breeding period with&lt;italic&gt;A. chiricahua&lt;/italic&gt;—a related member of the&lt;italic&gt;Marxi&lt;/italic&gt;species group—in mid-elevation Madrean evergreen oak and pine-oak woodlands. This marks the first documented case of syntopy between two montane endemics in the Madrean Archipelago and adds to our knowledge of this threatened region’s unmatched tarantula diversity in the United States. An emended diagnosis and redescription for&lt;italic&gt;A. chiricahua&lt;/italic&gt;are also provided based on several newly acquired and accurately identified specimens. Phylogenetic analyses of mitochondrial and genomic-scale data reveal that&lt;italic&gt;A. jacobii&lt;/italic&gt;&lt;bold&gt;sp. nov.&lt;/bold&gt;is more closely related to&lt;italic&gt;A. marxi&lt;/italic&gt;, a species primarily distributed on the Colorado Plateau, than to&lt;italic&gt;A. chiricahua&lt;/italic&gt;or the other Madrean Sky Island taxa. These data provide the evolutionary framework for better understanding the region’s complex biogeographic history (e.g., biotic assembly of the Chiricahua Mountains) and conservation of these spiders.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1759798</t>
-[...2 lines deleted...]
-    <t>2021</t>
+    <t>2144339</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -296,80 +296,82 @@
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="W2" s="0"/>
+      <c r="W2" t="s" s="0">
+        <v>32</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>