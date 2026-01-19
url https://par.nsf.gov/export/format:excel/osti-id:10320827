--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -119,51 +119,51 @@
   <si>
     <t>Koldobsky, Alexander; Paouris, Grigoris; Zvavitch, Artem</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2022-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Indiana University Mathematics Journal</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0022-2518</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2054068</t>
+    <t>2054068; 2000304</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>