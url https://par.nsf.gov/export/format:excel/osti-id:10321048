--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,167 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...115 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -181,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10321048</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3503222.3507753</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Who goes first? detecting go concurrency bugs via message reordering</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Ziheng; Xia, Shihao; Liang, Yu; Song, Linhai; Hu, Hong</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-02-28T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 27th ACM International Conference on Architectural Support for Programming Languages and Operating Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Go is a young programming language invented to build safe and efficient concurrent programs. It provides goroutines as lightweight threads and channels for inter-goroutine communication. Programmers are encouraged to explicitly pass messages through channels to connect goroutines, with the purpose of reducing the chance of making programming mistakes and introducing concurrency bugs. Go is one of the most beloved programming languages and has already been used to build many critical infrastructure software systems in the data-center environment. However, a recent study shows that channel-related concurrency bugs are still common in Go programs, severely hurting the reliability of the programs.
+This paper presents GFuzz, a dynamic detector that can effectively pinpoint channel-related concurrency bugs by mutating the processing orders of concurrent messages. We build GFuzz in three steps. We first adopt an effective approach to identify concurrent messages and transform a program to process those messages in any given order. We then take a fuzzing approach to generate new processing orders by mutating exercised ones and rely on execution feedback to prioritize orders close to triggering bugs. Finally, we design a runtime sanitizer to capture triggered bugs that are missed by the Go runtime. We evaluate GFuzz on seven popular Go software systems, including Docker, Kubernetes, and gRPC. GFuzz finds 184 previously unknown bugs and reports a negligible number of false positives. Programmers have already confirmed 124 reports as real bugs and fixed 67 of them based on our reporting. A careful inspection of the detected concurrency bugs from gRPC shows the effectiveness of each component of GFuzz and confirms the components' rationality.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1955965</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>