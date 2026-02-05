--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,308 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10321234</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1080/10508406.2022.2032071</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Intelligent science exhibits: Transforming hands-on exhibits into mixed-reality learning experiences</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yannier, Nesra; Crowley, Kevin; Do, Youngwook; Hudson, Scott E.; Koedinger, Kenneth R.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-02-28T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of the Learning Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1050-8406</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Museum exhibits encourage exploration with physical materials typically with minimal signage or guidance. Ideally children get interactive support as they explore, but it is not always feasible to have knowledgeable staff regularly present. Technology-based interactive support can provide guidance to help learners achieve scientific understanding for how and why things work and engineering skills for designing and constructing useful artifacts and for solving important problems. We have developed an innovative AI-based technology, Intelligent Science Exhibits that provide interactive guidance to visitors of an inquiry-based science exhibit.
+We used this technology to investigate alternative views of appropriate levels of guidance in exhibits. We contrasted visitor engagement and learning from interaction with an Intelligent Science Exhibit to a matched conventional exhibit.
+We found evidence that the Intelligent Science Exhibit produces substantially better learning for both scientific and engineering outcomes, equivalent levels of self-reported enjoyment, and higher levels of engagement as measured by the length of time voluntarily spent at the exhibit.
+These findings show potential for transforming hands-on museum exhibits with intelligent science exhibits and more generally indicate how providing children with feedback on their predictions and scientific explanations enhances their learning and engagement.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2005966; 1701107</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>