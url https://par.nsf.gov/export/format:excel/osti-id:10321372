--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10321372</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/ICRC53822.2021.00013</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Optimized Quantum Program Execution Ordering to Mitigate Errors in Simulations of Quantum Systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tomesh, Teague; Gui, Kaiwen; Gokhale, Pranav; Shi, Yunong; Chong, Frederic T.; Martonosi, Margaret; Suchara, Martin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2021 International Conference on Rebooting Computing (ICRC)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Simulating the time evolution of a physical system at quantum mechanical levels of detail - known as Hamiltonian Simulation (HS) - is an important and interesting problem across physics and chemistry. For this task, algorithms that run on quantum computers are known to be exponentially faster than classical algorithms; in fact, this application motivated Feynman to propose the construction of quantum computers. Nonetheless, there are challenges in reaching this performance potential. Prior work has focused on compiling circuits (quantum programs) for HS with the goal of maximizing either accuracy or gate cancellation. Our work proposes a compilation strategy that simultaneously advances both goals. At a high level, we use classical optimizations such as graph coloring and travelling salesperson to order the execution of quantum programs. Specifically, we group together mutually commuting terms in the Hamiltonian (a matrix characterizing the quantum mechanical system) to improve the accuracy of the simulation. We then rearrange the terms within each group to maximize gate cancellation in the final quantum circuit. These optimizations work together to improve HS performance and result in an average 40% reduction in circuit depth. This work advances the frontier of HS which in turn can advance physical and chemical modeling in both basic and applied sciences.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1730449; 2110860; 2016136; 1818914; 1730082</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>