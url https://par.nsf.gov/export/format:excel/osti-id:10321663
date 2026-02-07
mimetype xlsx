--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10321663</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/ma14195774</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>First-Principles Simulation of Dielectric Function in Biomolecules</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Adhikari, Puja; Podgornik, Rudolf; Jawad, Bahaa; Ching, Wai-Yim</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Materials</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1996-1944</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The dielectric spectra of complex biomolecules reflect the molecular heterogeneity of the proteins and are particularly important for the calculations of electrostatic (Coulomb) and electrodynamic (van der Waals) interactions in protein physics. The dielectric response of the proteins can be decomposed into different components depending on the size, structure, composition, locality, and environment of the protein in general. We present a new robust simulation method anchored in rigorous ab initio quantum mechanical calculations of explicit atomistic models, without any indeterminate parameters to compute and gain insight into the dielectric spectra of small proteins under different conditions. We implement this methodology to a polypeptide RGD-4C (1FUV) in different environments, and the SD1 domain in the spike protein of SARS-COV-2. Two peaks at 5.2–5.7 eV and 14.4–15.2 eV in the dielectric absorption spectra are observed for 1FUV and SD1 in vacuum as well as in their solvated and salted models.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2028803</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>