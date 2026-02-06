--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10321824</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/abf48b</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Deconvolving Pulsar Signals with Cyclic Spectroscopy: A Systematic Evaluation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dolch, Timothy; Stinebring, Dan R.; Jones, Glenn; Zhu, Hengrui; Lynch, Ryan S.; Cohen, Tyler; Demorest, Paul B.; Lam, Michael T.; Levin, Lina; McLaughlin, Maura A.; Palliyaguru, Nipuni T.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-05-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>913</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            Radio pulsar signals are significantly perturbed by their propagation through the ionized interstellar medium. In addition to the frequency-dependent pulse times of arrival due to dispersion, pulse shapes are also distorted and shifted, having been scattered by the inhomogeneous interstellar plasma, affecting pulse arrival times. Understanding the degree to which scattering affects pulsar timing is important for gravitational-wave detection with pulsar timing arrays (PTAs), which depend on the reliability of pulsars as stable clocks with an uncertainty of ∼100 ns or less over ∼10 yr or more. Scattering can be described as a convolution of the intrinsic pulse shape with an impulse response function representing the effects of multipath propagation. In previous studies, the technique of cyclic spectroscopy has been applied to pulsar signals to deconvolve the effects of scattering from the original emitted signals, increasing the overall timing precision. We present an analysis of simulated data to test the quality of deconvolution using cyclic spectroscopy over a range of parameters characterizing interstellar scattering and pulsar signal-to-noise ratio (S/N). We show that cyclic spectroscopy is most effective for high S/N and/or highly scattered pulsars. We conclude that cyclic spectroscopy could play an important role in scattering correction to distant populations of highly scattered pulsars not currently included in PTAs. For future telescopes and for current instruments such as the Green Bank Telescope upgraded with the ultrawide bandwidth receiver, cyclic spectroscopy could potentially double the number of PTA-quality pulsars.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2020265; 2009759</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>