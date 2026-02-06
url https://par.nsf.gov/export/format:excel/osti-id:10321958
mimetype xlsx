--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10321958</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1088/1748-0221/17/01/P01013</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Operation and performance of the ATLAS semiconductor tracker in LHC Run 2</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Aad, Georges; Abbott, Brad; Abbott, Dale Charles; Abed Abud, Adam; Abeling, Kira; Abhayasinghe, Deshan Kavishka; Abidi, Syed Haider; Aboulhorma, Asmaa; Abramowicz, Halina; Abreu, Henso; Abulaiti, Yiming; Abusleme Hoffman, Angel Christian; Acharya, Bobby Samir; Achkar, Baida; Adam, Lennart; Adam Bourdarios, Claire; Adamczyk, Leszek; Adamek, Lukas; Addepalli, Sagar Vidya; Adelman, Jahred; Adiguzel, Aytul; Adorni, Sofia; Adye, Tim; Affolder, Anthony Allen; Afik, Yoav; Agapopoulou, Christina; Agaras, Merve Nazlim; Agarwala, Jinky; Aggarwal, Anamika; Agheorghiesei, Catalin; Aguilar-Saavedra, Juan Antonio; Ahmad, Ammara; Ahmadov, Faig; Ahmed, Waleed Syed; Ai, Xiaocong; Aielli, Giulio; Aizenberg, Iakov; Akatsuka, Shunichi; Akbiyik, Melike; Åkesson, Torsten Paul; Akimov, Andrei; Al Khoury, Konie; Alberghi, Gian Luigi; Albert, Justin; Albicocco, Pietro; Alconada Verzini, Maria Josefina; Alderweireldt, Sara; Aleksa, Martin; Aleksandrov, Igor; Alexa, Calin; Alexopoulos, Theodoros; Alfonsi, Alice; Alfonsi, Fabrizio; Alhroob, Muhammad; Ali, Babar; Ali, Shahzad; Aliev, Malik; Alimonti, Gianluca; Allaire, Corentin; Allbrooke, Benedict; Allport, Phillip; Aloisio, Alberto; Alonso, Francisco; Alpigiani, Cristiano; Alunno Camelia, Elio; Alvarez Estevez, Manuel; Alviggi, Mariagrazia; Amaral Coutinho, Yara; Ambler, Alessandro; Ambroz, Luca; Amelung, Christoph; Amidei, Dante; Amor Dos Santos, Susana Patricia; Amoroso, Simone; Amos, Kieran Robert; Amrouche, Cherifa Sabrina; Ananiev, Viktor; Anastopoulos, Christos; Andari, Nansi; Andeen, Timothy; Anders, John Kenneth; Andrean, Stefio Yosse; Andreazza, Attilio; Angelidakis, Stylianos; Angerami, Aaron; Anisenkov, Alexey; Annovi, Alberto; Antel, Claire; Anthony, Matthew; Antipov, Egor; Antonelli, Mario; Antrim, Daniel Joseph; Anulli, Fabio; Aoki, Masato; Aparisi Pozo, Javier Alberto; Aparo, Marco; Aperio Bella, Ludovica; Aranzabal, Nordin; Araujo Ferraz, Victor; Arcangeletti, Chiara; Arce, Ayana; Arena, Eloisa; Arguin, Jean-Francois; Argyropoulos, Spyridon; Arling, Jan-Hendrik; Armbruster, Aaron James; Armstrong, Alexander; Arnaez, Olivier; Arnold, Hannah; Arrubarrena Tame, Zulit Paola; Artoni, Giacomo; Asada, Haruka; Asai, Kanae; Asai, Shoji; Asbah, Nedaa-Alexandra; Asimakopoulou, Eleni Myrto; Asquith, Lily; Assahsah, Jihad; Assamagan, Ketevi; Astalos, Robert; Atkin, Ryan Justin; Atkinson, Markus; Atlay, Naim Bora; Atmani, Hicham; Atmasiddha, Prachi Arvind; Augsten, Kamil; Auricchio, Silvia; Austrup, Volker Andreas; Avner, Gal; Avolio, Giuseppe; Ayoub, Mohamad Kassem; Azuelos, Georges; Babal, Dominik; Bachacou, Henri; Bachas, Konstantinos; Bachiu, Alexander; Backman, Filip; Badea, Anthony; Bagnaia, Paolo; Bahrasemani, Sina; Bailey, Adam; Bailey, Virginia Ruth; Baines, John; Bakalis, Christos; Baker, Oliver Keith; Bakker, Pepijn Johannes; Bakos, Evelin; Bakshi Gupta, Debottam; Balaji, Shyam; Balasubramanian, Rahul; Baldin, Evgenii; Balek, Petr; Ballabene, Eric; Balli, Fabrice; Balunas, William Keaton; Balz, Johannes; Banas, Elzbieta; Bandieramonte, Marilena; Bandyopadhyay, Anjishnu; Bansal, Shubham; Barak, Liron; Barberio, Elisabetta Luigia; Barberis, Dario; Barbero, Marlon; Barbour, Gregory; Barends, Kevin Nicholas; Barillari, Teresa; Barisits, Martin-Stefan; Barkeloo, Jason T.; Barklow, Timothy; Barnett, Bruce; Barnett, Michael; Baroncelli, Antonio; Barone, Gaetano; Barr, Alan; Barranco Navarro, Laura; Barreiro, Fernando; Barreiro Guimarães da Costa, João; Barron, Uriel; Barsov, Sergey; Bartels, Falk; Bartoldus, Rainer; Bartolini, Giovanni; Barton, Adam Edward; Bartos, Pavol; Basalaev, Artem; Basan, Alexander; Baselga, Marta; Bashta, Inna; Bassalat, Ahmed; Basso, Matthew Joseph; Basson, Candice; Bates, Richard; Batlamous, Souad; Batley, Richard; Batool, Binish; Battaglia, Marco; Bauce, Matteo; Bauer, Florian; Bauer, Patrick; Bawa, Harinder Singh; Bayirli, Arif; Beacham, James; Beau, Tristan; Beauchemin, Pierre-Hugues; Becherer, Fabian; Bechtle, Philip; Beck, Hans Peter; Becker, Kathrin; Becot, Cyril; Beddall, Andrew; Bednyakov, Vadim; Bee, Christopher; Beermann, Thomas; Begalli, Marcia; Begel, Michael; Behera, Arabinda; Behr, Janna Katharina; Beirao Da Cruz E Silva, Cristovao; Beirer, Joshua Falco; Beisiegel, Florian; Belfkir, Mohamed; Bella, Gideon; Bellagamba, Lorenzo; Bellerive, Alain; Bellos, Panagiotis; Beloborodov, Konstantin; Belotskiy, Konstantin; Belyaev, Nikita; Benchekroun, Driss; Benhammou, Yan; Benjamin, Douglas; Benoit, Mathieu; Bensinger, James; Bentvelsen, Stan; Beresford, Lydia; Beretta, Matteo; Berge, David; Bergeaas Kuutmann, Elin; Berger, Nicolas; Bergmann, Benedikt; Bergsten, Laura Jean; Beringer, Jürg; Berlendis, Simon; Bernardi, Gregorio; Bernius, Catrin; Bernlochner, Florian Urs; Berry, Tracey; Berta, Peter; Berthold, Anne-Sophie; Bertram, Iain Alexander; Bessidskaia Bylund, Olga; Bethke, Siegfried; Betti, Alessandra; Bevan, Adrian John; Bhatta, Somadutta; Bhattacharya, Deb Sankar; Bhattarai, Prajita; Bhopatkar, Vallary Shashikant; Bi, Runyu; Bianchi, Riccardo Maria; Biebel, Otmar; Bielski, Rafal; Biesuz, Nicolo Vladi; Biglietti, Michela; Billoud, Thomas; Bindi, Marcello; Bingul, Ahmet; Bini, Cesare; Biondi, Silvia; Biondini, Alessandro; Birch-sykes, Callum Jacob; Bird, Gareth Adam; Birman, Mattias; Bisanz, Tobias; Biswal, Jyoti Prakash; Biswas, Diptaparna; Bitadze, Alexandre; Bittrich, Carsten; Bjørke, Kristian; Bloch, Ingo; Blocker, Craig; Blue, Andrew; Blumenschein, Ulrike; Blumenthal, Julian; Bobbink, Gerjan; Bobrovnikov, Victor; Boehler, Michael; Bogavac, Danijela; Bogdanchikov, Alexander; Bohm, Christian; Boisvert, Veronique; Bokan, Petar; Bold, Tomasz; Bomben, Marco; Bona, Marcella; Boonekamp, Maarten; Booth, Callum Dale; Borbély, Albert György; Borecka-Bielska, Hanna Maria; Borgna, Lucas Santiago; Borissov, Guennadi; Bortoletto, Daniela; Boscherini, Davide; Bosman, Martine; Bossio Sola, Jonathan David; Bouaouda, Khalil; Boudreau, Joseph; Bouhova-Thacker, Evelina Vassileva; Boumediene, Djamel Eddine; Bouquet, Romain; Boveia, Antonio; Boyd, James; Boye, Diallo; Boyko, Igor; Bozson, Adam James; Bracinik, Juraj; Brahimi, Nihal; Brandt, Gerhard; Brandt, Oleg; Braren, Frued; Brau, Benjamin; Brau, James; Breaden Madden, William Dmitri; Brendlinger, Kurt; Brener, Roy; Brenner, Lydia; Brenner, Richard; Bressler, Shikma; Brickwedde, Bernard; Briglin, Daniel Lawrence; Britton, Dave; Britzger, Daniel; Brock, Ian; Brock, Raymond; Brooijmans, Gustaaf; Brooks, William; Brost, Elizabeth; Bruckman de Renstrom, Pawel; Brüers, Ben; Bruncko, Dusan; Bruni, Alessia; Bruni, Graziano; Bruschi, Marco; Bruscino, Nello; Bryngemark, Lene; Buanes, Trygve; Buat, Quentin; Buchholz, Peter; Buckley, Andrew; Budagov, Ioulian; Bugge, Magnar Kopangen; Bulekov, Oleg; Bullard, Brendon Aurele; Burdin, Sergey; Burgard, Carsten Daniel; Burger, Angela Maria; Burghgrave, Blake; Burr, Jonathan Thomas; Burton, Charles Davis; Burzynski, Jackson Carl; Busch, Elena Laura; Büscher, Volker; Bussey, Peter; Butler, John; Buttar, Craig; Butterworth, Jonathan; Buttinger, William; Buxo Vazquez, Carlos Josue; Buzykaev, Aleksey; Cabras, Grazia; Cabrera Urbán, Susana; Caforio, Davide; Cai, Huacheng; Cairo, Valentina; Cakir, Orhan; Calace, Noemi; Calafiura, Paolo; Calderini, Giovanni; Calfayan, Philippe; Callea, Giuseppe; Caloba, Luiz; Calvet, David; Calvet, Samuel; Calvet, Thomas Philippe; Calvetti, Milene; Camacho Toro, Reina; Camarda, Stefano; Camarero Munoz, Daniel; Camarri, Paolo; Camerlingo, Maria Teresa; Cameron, David; Camincher, Clement; Campanelli, Mario; Camplani, Alessandra; Canale, Vincenzo; Canesse, Auriane; Cano Bret, Marc; Cantero, Josu; Cao, Yumeng; Capocasa, Francesca; Capua, Marcella; Carbone, Antonio; Cardarelli, Roberto; Cardenas, Juan Carlos; Cardillo, Fabio; Carducci, Giovandomenico; Carli, Tancredi; Carlino, Gianpaolo; Carlson, Benjamin Taylor; Carlson, Evan Michael; Carminati, Leonardo; Carnesale, Maria; Carney, Rebecca; Caron, Sascha; Carquin, Edson; Carrá, Sonia; Carratta, Giuseppe; Carter, Joseph; Carter, Thomas Michael; Casadei, Diego; Casado, Maria Pilar; Casha, Albert Francis; Castiglia, Emma Grace; Castillo, Florencia Luciana; Castillo Garcia, Lucia; Castillo Gimenez, Victoria; Castro, Nuno Filipe; Catinaccio, Andrea; Catmore, James; Cattai, Ariella; Cavaliere, Viviana; Cavalli, Noemi; Cavasinni, Vincenzo; Celebi, Emre; Celli, Federico; Centonze, Martino Salomone; Cerny, Karel; Cerqueira, Augusto Santiago; Cerri, Alessandro; Cerrito, Lucio; Cerutti, Fabio; Cervelli, Alberto; Cetin, Serkant Ali; Chadi, Zakaria; Chakraborty, Dhiman; Chala, Mikael; Chan, Jay; Chan, Wing Sheung; Chan, Wai Yuen; Chapman, John Derek; Chargeishvili, Bakar; Charlton, David; Charman, Thomas Paul; Chatterjee, Meghranjana; Chekanov, Sergei; Chekulaev, Sergey; Chelkov, Gueorgui; Chen, Andy; Chen, Boping; Chen, Bohan; Chen, Cheng; Chen, Chunhui; Chen, Huirun; Chen, Hucheng; Chen, Jing; Chen, Jiayi; Chen, Shion; Chen, Shenjian; Chen, Xiang; Chen, Xin; Chen, Ye; Chen, Yu-Heng; Cheng, Chi Lung; Cheng, Hok Chuen; Cheplakov, Alexander; Cheremushkina, Evgeniya; Cherepanova, Elizaveta; Cherkaoui El Moursli, Rajaa; Cheu, Elliott; Cheung, Kingman; Chevalier, Laurent; Chiarella, Vitaliano; Chiarelli, Giorgio; Chiodini, Gabriele; Chisholm, Andrew; Chitan, Adrian; Chiu, Yu Him; Chizhov, Mihail; Choi, Kyungeon; Chomont, Arthur Rene; Chou, Yuan-tang; Chow, Yun Sang; Chowdhury, Tasnuva; Christopher, Lawrence Davou; Chu, Ming Chung; Chu, Xiaotong; Chudoba, Jiri; Chwastowski, Janusz; Cieri, Davide; Ciesla, Krzysztof Marcin; Cindro, Vladimir; Cioară, Irina Antonela; Ciocio, Alessandra; Cirotto, Francesco; Citron, Zvi Hirsh; Citterio, Mauro; Ciubotaru, Dan Andrei; Ciungu, Bianca; Clark, Allan G.; Clark, Philip James; Clavijo Columbie, Jose Manuel; Clawson, Savannah Ellen; Clement, Christophe; Clissa, Luca; Coadou, Yann; Cobal, Marina; Coccaro, Andrea; Cochran, James H.; Coelho Barrue, Ricardo Filipe; Coelho Lopes De Sa, Rafael; Coelli, Simone; Cohen, Hadar; Coimbra, Artur Emanuel; Cole, Brian; Collot, Johann; Conde Muiño, Patricia; Connell, Simon Henry; Connelly, Ian; Conroy, Eimear Isobel; Conventi, Francesco; Cooke, Harry George; Cooper-Sarkar, Amanda; Cormier, Felix; Cormier, Kyle James; Corpe, Louie Dartmoor; Corradi, Massimo; Corrigan, Eric Edward; Corriveau, François; Costa, María José; Costanza, Francesco; Costanzo, Davide; Cote, Benjamin Michael; Cowan, Glen; Cowley, James; Cranmer, Kyle; Crépé-Renaudin, Sabine; Crescioli, Francesco; Cristinziani, Markus; Cristoforetti, Marco; Croft, Vince; Crosetti, Giovanni; Cueto, Ana; Cuhadar Donszelmann, Tulay; Cui, Han; Cukierman, Aviv Ruben; Cunningham, William Reilly; Curcio, Francesco; Czodrowski, Patrick; Czurylo, Marta Maja; Da Cunha Sargedas De Sousa, Mario Jose; Da Fonseca Pinto, Joao Victor; Da Via, Cinzia; Dabrowski, Wladyslaw; Dado, Tomas; Dahbi, Salah-eddine; Dai, Tiesheng; Dallapiccola, Carlo; Dam, Mogens; D'amen, Gabriele; D'Amico, Valerio; Damp, Johannes Frederic; Dandoy, Jeffrey; Daneri, Maria Florencia; Danninger, Matthias; Dao, Valerio; Darbo, Giovanni; Darmora, Smita; Dattagupta, Aparajita; D'Auria, Saverio; David, Claire; Davidek, Tomas; Davis, Douglas; Davis-Purcell, Benjamin; Dawson, Ian; De, Kaushik; De Asmundis, Riccardo; De Beurs, Marcus; De Castro, Stefano; De Groot, Nicolo; de Jong, Paul; De la Torre, Hector; De Maria, Antonio; De Pedis, Daniele; De Salvo, Alessandro; De Sanctis, Umberto; De Santis, Maurizio; De Santo, Antonella; De Vivie De Regie, Jean-Baptiste; Debenedetti, Chiara; Dedovich, Dmitri; Degens, Jordy; Deiana, Allison McCarn; Del Peso, Jose; Delabat Diaz, Yasiel; Deliot, Frederic; Delitzsch, Chris Malena; Della Pietra, Massimo; Della Volpe, Domenico; Dell'Acqua, Andrea; Dell'Asta, Lidia; Delmastro, Marco; Delsart, Pierre-Antoine; Demers, Sarah; Demichev, Mikhail; Denisov, Sergey; D'Eramo, Louis; Derendarz, Dominik; Derkaoui, Jamal Eddine; Derue, Frederic; Dervan, Paul; Desch, Klaus Kurt; Dette, Karola; Deutsch, Christopher; Deviveiros, Pier-Olivier; Di Bello, Francesco Armando; Di Ciaccio, Anna; Di Ciaccio, Lucia; Di Domenico, Antonio; Di Donato, Camilla; Di Girolamo, Alessandro; Di Gregorio, Giulia; Di Luca, Andrea; Di Micco, Biagio; Di Nardo, Roberto; Diaconu, Cristinel; Dias, Flavia; Dias Do Vale, Tiago; Diaz, Marco Aurelio; Diaz Capriles, Federico Guillermo; Dickinson, Jennet; Didenko, Mariya; Diehl, Edward; Dietrich, Janet; Díez Cornell, Sergio; Diez Pardos, Carmen; Dimitrievska, Aleksandra; Ding, Wei; Dingfelder, Jochen; Dinu, Ioan-Mihail; Dittmeier, Sebastian Johannes; Dittus, Fridolin; Djama, Fares; Djobava, Tamar; Djuvsland, Julia Isabell; Do Vale, Maria Aline; Dodsworth, David; Doglioni, Caterina; Dolejsi, Jiri; Dolezal, Zdenek; Donadelli, Marisilvia; Dong, Binbin; Donini, Julien; D'onofrio, Adelina; D'Onofrio, Monica; Dopke, Jens; Doria, Alessandra; Dova, Maria-Teresa; Doyle, Tony; Drechsler, Eric; Dreyer, Etienne; Dreyer, Timo; Drobac, Alec Swenson; Du, Dongshuo; du Pree, Tristan; Dubinin, Filipp; Dubovsky, Michal; Dubreuil, Arnaud; Duchovni, Ehud; Duckeck, Guenter; Ducu, Otilia Anamaria; Duda, Dominik; Dudarev, Alexey; D'uffizi, Matteo; Duflot, Laurent; Dührssen, Michael; Dülsen, Carsten; Dumitriu, Ana Elena; Dunford, Monica; Dungs, Sascha; Dunne, Katherine; Duperrin, Arnaud; Duran Yildiz, Hatice; Düren, Michael; Durglishvili, Archil; Dutta, Baishali; Dyckes, George Ian; Dyndal, Mateusz; Dysch, Samuel; Dziedzic, Bartosz Sebastian; Eckerova, Barbora; Eggleston, Michael Glenn; Egidio Purcino De Souza, Edmar; Ehrke, Lukas Fabian; Eifert, Till; Eigen, Gerald; Einsweiler, Kevin; Ekelof, Tord; El Ghazali, Yassine; El Jarrari, Hassnae; El Moussaouy, Ali; Ellajosyula, Venugopal; Ellert, Mattias; Ellinghaus, Frank; Elliot, Alison; Ellis, Nicolas; Elmsheuser, Johannes; Elsing, Markus; Emeliyanov, Dmitry; Emerman, Alexander; Enari, Yuji; Erdmann, Johannes; Ereditato, Antonio; Erland, Paula Agnieszka; Errenst, Martin; Escalier, Marc; Escobar, Carlos; Estrada Pastor, Oscar; Etzion, Erez; Evans, Guiomar; Evans, Hal; Evans, Meirin Oan; Ezhilov, Alexey; Fabbri, Federica; Fabbri, Laura; Facini, Gabriel; Fadeyev, Vitaliy; Fakhrutdinov, Rinat; Falciano, Speranza; Falke, Peter Johannes; Falke, Saskia; Faltova, Jana; Fan, Yunyun; Fang, Yaquan; Fanourakis, Georgios; Fanti, Marcello; Faraj, Mohammed; Farbin, Amir; Farilla, Addolorata; Farina, Edoardo Maria; Farooque, Trisha; Farrington, Sinead; Farthouat, Philippe; Fassi, Farida; Fassouliotis, Dimitrios; Faucci Giannelli, Michele; Fawcett, William James; Fayard, Louis; Fedin, Oleg; Feickert, Matthew; Feligioni, Lorenzo; Fell, Alexandra; Feng, Cunfeng; Feng, Minyu; Fenton, Michael James; Fenyuk, Alexander; Ferguson, Sarah Whitney; Ferrando, James; Ferrari, Arnaud; Ferrari, Pamela; Ferrari, Roberto; Ferrere, Didier; Ferretti, Claudio; Fiedler, Frank; Filipčič, Andrej; Filthaut, Frank; Fiolhais, Miguel; Fiorini, Luca; Fischer, Florian; Fisher, Wade Cameron; Fitschen, Tobias; Fleck, Ivor; Fleischmann, Philipp; Flick, Tobias; Flierl, Bernhard Matthias; Flores, Lucas Macrorie; Flores, Marvin; Flores Castillo, Luis; Follega, Francesco Maria; Fomin, Nikolai; Foo, Joel Hengwei; Forland, Blake Christopher; Formica, Andrea; Förster, Fabian Alexander; Forti, Alessandra; Fortin, Etienne; Foti, Maria Giovanna; Fountas, Leonidas; Fournier, Daniel; Fox, Harald; Francavilla, Paolo; Francescato, Simone; Franchini, Matteo; Franchino, Silvia; Francis, David; Franco, Luca; Franconi, Laura; Franklin, Melissa; Frattari, Guglielmo; Freegard, Arran Charles; Freeman, Patrick Moriishi; Freund, Werner Spolidoro; Freundlich, Elena Murielle; Froidevaux, Daniel; Frost, James; Fu, Yao; Fujimoto, Minori; Fullana Torregrosa, Esteban; Fuster, Juan; Gabrielli, Alessandro; Gabrielli, Andrea; Gadow, Philipp; Gagliardi, Guido; Gagnon, Louis Guillaume; Gallardo, Gabriel; Gallas, Elizabeth; Gallop, Bruce; Gamboa Goni, Rodrigo; Gan, K.K.; Ganguly, Sanmay; Gao, Jun; Gao, Yanyan; Gao, Yongsheng; Garay Walls, Francisca; García, Carmen; García Navarro, José Enrique; García Pascual, Juan Antonio; Garcia-Sciveres, Maurice; Gardner, Robert; Garg, Diksha; Garg, Rocky Bala; Gargiulo, Simona; Garner, Christopher Andrew; Garonne, Vincent; Gasiorowski, Sean Joseph; Gaspar, Philipp; Gaudio, Gabriella; Gauzzi, Paolo; Gavrilenko, Igor; Gavrilyuk, Alexander; Gay, Colin; Gaycken, Goetz; Gazis, Evangelos; Geanta, Andrei Alexandru; Gee, Carolyn; Gee, Norman; Geisen, Jannik; Geisen, Marc; Gemme, Claudia; Genest, Marie-Hélène; Gentile, Simonetta; George, Simon; George, William Frederick; Geralis, Theodoros; Gerlach, Lino Oscar; Gessinger-Befurt, Paul; Ghasemi Bostanabad, Meisam; Ghosh, Aishik; Ghosh, Anindya; Giacobbe, Benedetto; Giagu, Stefano; Giangiacomi, Nico; Giannetti, Paola; Giannini, Antonio; Gibson, Stephen; Gignac, Matthew; Gil, Damian Tomasz; Gilbert, Benjamin Jacob; Gillberg, Dag; Gilles, Geoffrey; Gillwald, Nils Ernst; Gingrich, Douglas; Giordani, MarioPaolo; Giraud, Pierre-Francois; Giugliarelli, Gilberto; Giugni, Danilo; Giuli, Francesco; Gkialas, Ioannis; Gkountoumis, Panagiotis; Gladilin, Leonid; Glasman, Claudia; Gledhill, Galen Rhodes; Glisic, Marija; Gnesi, Ivan; Goblirsch-Kolb, Maximilian; Godin, Dominique; Goldfarb, Steven; Golling, Tobias; Golubkov, Dmitry; Gombas, Jason Peter; Gomes, Agostinho; Goncalves Gama, Rafael; Gonçalo, Ricardo; Gonella, Giulia; Gonella, Laura; Gongadze, Alexi; Gonnella, Francesco; Gonski, Julia; González de la Hoz, Santiago; Gonzalez Fernandez, Sergio; Gonzalez Lopez, Ricardo; Gonzalez Renteria, Cesar; Gonzalez Suarez, Rebeca; Gonzalez-Sevilla, Sergio; Gonzalvo Rodriguez, Galo Rafael; González Andana, Richards Yeremayar; Goossens, Luc; Gorasia, Nandish Arjan; Gorbounov, Petr Andreevich; Gordon, Howard; Gorini, Benedetto; Gorini, Edoardo; Gorišek, Andrej; Goshaw, Alfred; Gostkin, Mikhail Ivanovitch; Gottardo, Carlo Alberto; Gouighri, Mohamed; Goumarre, Vincent; Goussiou, Anna; Govender, Nicolin; Goy, Corinne; Grabowska-Bold, Iwona; Graham, Kevin; Gramstad, Eirik; Grancagnolo, Sergio; Grandi, Mario; Gratchev, Vadim; Gravila, Paul Mircea; Gravili, Francesco Giuseppe; Gray, Heather; Grefe, Christian; Gregor, Ingrid-Maria; Grenier, Philippe; Grevtsov, Kirill; Grieco, Chiara; Grieser, Nathan Allen; Grillo, Alexander; Grimm, Kathryn; Grinstein, Sebastian; Grivaz, Jean-Francois; Groh, Sabrina; Gross, Eilam; Grosse-Knetter, Joern; Grud, Christopher; Grummer, Aidan; Grundy, James Cameron; Guan, Liang; Guan, Wen; Gubbels, Christopher; Guenther, Jaroslav; Guerrero Rojas, Jesus; Guescini, Francesco; Guest, Daniel; Gugel, Ralf; Guida, Alessandro; Guillemin, Thibault; Guindon, Stefan; Guo, Jun; Guo, Linghua; Guo, Yuxiang; Gupta, Ruchi; Gurbuz, Saime; Gustavino, Giuliano; Guth, Manuel; Gutierrez, Phillip; Gutierrez Zagazeta, Luis Felipe; Gutschow, Christian; Guyot, Claude; Gwenlan, Claire; Gwilliam, Carl; Haaland, Even Simonsen; Haas, Andy; Habedank, Martin; Haber, Carl; Hadavand, Haleh Khani; Hadef, Asma; Hadzic, Sejla; Haleem, Mahsana; Haley, Joseph; Hall, Jack Joseph; Halladjian, Garabed; Hallewell, Gregory David; Halser, Lea; Hamano, Kenji; Hamdaoui, Hassane; Hamer, Matthias; Hamity, Guillermo Nicolas; Han, Kunlin; Han, Liangliang; Han, Liang; Han, Shuo; Han, Yi Fei; Hanagaki, Kazunori; Hance, Michael; Hank, Michael Donald; Hankache, Robert; Hansen, Eva; Hansen, Jørgen Beck; Hansen, Jorn Dines; Hansen, Maike Christina; Hansen, Peter Henrik; Hara, Kazuhiko; Harenberg, Torsten; Harkusha, Siarhei; Harris, Ynyr Theophilus; Harrison, Paul Fraser; Hartman, Nicole Michelle; Hartmann, Nikolai Marcel; Hasegawa, Yoji; Hasib, Ahmed; Hassani, Samira; Haug, Sigve; Hauser, Reiner; Havranek, Miroslav; Hawkes, Christopher; Hawkings, Richard John; Hayashida, Shota; Hayden, Daniel; Hayes, Christopher; Hayes, Robin Leigh; Hays, Chris; Hays, Jonathan Michael; Hayward, Helen; Haywood, Stephen; He, Fudong; He, Yunjian; He, Yajun; Heath, Matthew Peter; Hedberg, Vincent; Heggelund, Andreas Lokken; Hehir, Natasha Domenica; Heidegger, Constantin; Heidegger, Kim Katrin; Heidorn, William Dale; Heilman, Jesse; Heim, Sarah; Heim, Timon; Heinemann, Beate; Heinlein, James; Heinrich, Jochen Jens; Heinrich, Lukas; Hejbal, Jiri; Helary, Louis; Held, Alexander; Helling, Cole Michael; Hellman, Sten; Helsens, Clement; Henderson, Robert; Henkelmann, Lars; Henriques Correia, Ana Maria; Herde, Hannah; Hernández Jiménez, Yesenia; Herr, Holger; Herrmann, Maximilian Georg; Herrmann, Tim; Herten, Gregor; Hertenberger, Ralf; Hervas, Luis; Hessey, Nigel; Hibi, Hiroaki; Higashino, Satoshi; Higón-Rodriguez, Emilio; Hiller, Karl Heinz; Hillier, Stephen; Hils, Maximilian; Hinchliffe, Ian; Hinterkeuser, Florian; Hirose, Minoru; Hirose, Shigeki; Hirschbuehl, Dominic; Hiti, Bojan; Hladik, Ondrej; Hobbs, John; Hobincu, Radu; Hod, Noam; Hodgkinson, Mark; Hodkinson, Benjamin Haslum; Hoecker, Andreas; Hofer, Judith; Hohn, David; Holm, Tanja; Holmes, Tova Ray; Holzbock, Michael; Hommels, Bart; Honan, Benjamin Paul; Hong, Jiangliu; Hong, Tae Min; Hong, Yanwen; Honig, Jan Cedric; Hönle, Andreas; Hooberman, Benjamin Henry; Hopkins, Walter; Horii, Yasuyuki; Horyn, Lesya Anna; Hou, Suen; Howarth, James; Hoya, Joaquin; Hrabovsky, Miroslav; Hrynevich, Aliaksei; Hryn'ova, Tetiana; Hsu, Pai-hsien Jennifer; Hsu, Shih-Chieh; Hu, Qipeng; Hu, Shuyang; Hu, Yi Fan; Huang, Dan Ping; Huang, Xiaozhong; Huang, Yicong; Huang, Yanping; Hubacek, Zdenek; Hubaut, Fabrice; Huebner, Michael; Huegging, Fabian; Huffman, Todd Brian; Huhtinen, Mika; Huiberts, Simon Kristian; Hulsken, Raphael; Huseynov, Nazim; Huston, Joey; Huth, John; Hyneman, Rachel; Hyrych, Sofiia; Iacobucci, Giuseppe; Iakovidis, Georgios; Ibragimov, Iskander; Iconomidou-Fayard, Lydia; Iengo, Paolo; Iguchi, Ryunosuke; Iizawa, Tomoya; Ikegami, Yoichi; Ilg, Armin; Ilic, Nikolina; Imam, Hajar; Ingebretsen Carlson, Tom; Introzzi, Gianluca; Iodice, Mauro; Ippolito, Valerio; Ishino, Masaya; Islam, Wasikul; Issever, Cigdem; Istin, Serhat; Iturbe Ponce, Julia Mariana; Iuppa, Roberto; Ivina, Anna; Izen, Joseph; Izzo, Vincenzo; Jacka, Petr; Jackson, Paul; Jacobs, Ruth Magdalena; Jaeger, Benjamin Paul; Jagfeld, Christoph Simon; Jäkel, Gunnar; Jakobs, Karl; Jakoubek, Tomas; Jamieson, Jonathan; Janas, Krzysztof Wojciech; Jarlskog, Göran; Jaspan, Adam Elliott; Javadov, Namig; Javůrek, Tomáš; Javurkova, Martina; Jeanneau, Fabien; Jeanty, Laura; Jejelava, Juansher; Jenni, Peter; Jézéquel, Stéphane; Jia, Jiangyong; Jia, Zihang; Jiang, Yi; Jiggins, Stephen; Jimenez Pena, Javier; Jin, Shan; Jinaru, Adam; Jinnouchi, Osamu; Jivan, Harshna; Johansson, Per; Johns, Kenneth; Johnson, Christian; Jones, Dominic Matthew; Jones, Eleanor; Jones, Roger; Jones, Tim; Joseph, John; Jovicevic, Jelena; Ju, Xiangyang; Junggeburth, Johannes Josef; Juste Rozas, Aurelio; Kabana, Sonia; Kaczmarska, Anna; Kado, Marumi; Kagan, Harris; Kagan, Michael; Kahn, Alan; Kahn, Abraham; Kahra, Christian; Kaji, Toshiaki; Kajomovitz, Enrique; Kalderon, Charles William; Kamenshchikov, Andrey; Kaneda, Michiru; Kang, Nathan Jihoon; Kang, Shuaiyan; Kano, Yuya; Kar, Deepak; Karava, Kla; Kareem, Mohammad Jawad; Karkanias, Ioannis; Karpov, Sergey; Karpova, Zoya; Kartvelishvili, Vakhtang; Karyukhin, Andrey; Kasimi, Eirini; Kato, Chikuma; Katzy, Judith; Kawade, Kentaro; Kawagoe, Kiyotomo; Kawaguchi, Tomomi; Kawamoto, Tatsuo; Kawamura, Gen; Kay, Ellis; Kaya, Fikriye Idil; Kazakos, Stergios; Kazanin, Vassili; Ke, Yan; Keaveney, James Michael; Keeler, Richard; Keller, John; Kelsey, Daniel; Kempster, Jacob Julian; Kendrick, James; Kennedy, Kiley Elizabeth; Kepka, Oldrich; Kersten, Susanne; Kerševan, Borut Paul; Ketabchi Haghighat, Sana; Khandoga, Mykola; Khanov, Alexander; Kharlamov, Alexey; Kharlamova, Tatyana; Khoda, Elham E; Khoo, Teng Jian; Khoriauli, Gia; Khramov, Evgeniy; Khubua, Jemal; Kido, Shogo; Kiehn, Moritz; Kilgallon, Aaron; Kim, Eunchong; Kim, Young-Kee; Kimura, Naoki; Kirchhoff, Andreas; Kirchmeier, David; Kirfel, Christian; Kirk, Julie; Kiryunin, Andrey; Kishimoto, Tomoe; Kisliuk, Dylan Perry; Kitsaki, Chara; Kivernyk, Oleh; Klapdor-Kleingrothaus, Thorwald; Klassen, Martin; Klein, Christoph; Klein, Lucas; Klein, Matthew Henry; Klein, Max; Klein, Uta; Klimek, Pawel; Klimentov, Alexei; Klimpel, Fabian; Klingl, Tobias; Klioutchnikova, Tatiana; Klitzner, Felix Fidelio; Kluit, Peter; Kluth, Stefan; Kneringer, Emmerich; Knight, Timothy Michael; Knue, Andrea; Kobayashi, Dai; Kobayashi, Ren; Kobel, Michael; Kocian, Martin; Kodama, Takafumi; Kodys, Peter; Koeck, Daniela Maria; Koenig, Philipp; Koffas, Thomas; Köhler, Nicolas Maximilian; Kolb, Mathis; Koletsou, Iro; Komarek, Tomas; Köneke, Karsten; Kong, Albert Xing; Kono, Takanori; Konstantinides, Vasilis; Konstantinidis, Nikolaos; Konya, Balazs; Kopeliansky, Revital; Koperny, Stefan; Korcyl, Krzysztof; Kordas, Kostantinos; Koren, Guy; Korn, Andreas; Korn, Steffen; Korolkov, Ilya; Korolkova, Elena; Korotkova, Natalia; Kortman, Bryan; Kortner, Oliver; Kortner, Sandra; Kostecka, William Heribert; Kostyukhin, Vadim; Kotsokechagia, Anastasia; Kotwal, Ashutosh; Koulouris, Aimilianos; Kourkoumeli-Charalampidi, Athina; Kourkoumelis, Christine; Kourlitis, Evangelos; Kovanda, Ondrej; Kowalewski, Robert Victor; Kozanecki, Witold; Kozhin, Anatoly; Kramarenko, Viktor; Kramberger, Gregor; Kramer, Peter; Krasnopevtsev, Dimitrii; Krasny, Mieczyslaw Witold; Krasznahorkay, Attila; Kremer, Jakub Andrzej; Kretzschmar, Jan; Kreul, Ken; Krieger, Peter; Krieter, Ferdinand; Krishnamurthy, Samyukta; Krishnan, Anjali; Krivos, Martin; Krizka, Karol; Kroeninger, Kevin; Kroha, Hubert; Kroll, Jiri; Kroll, Joe; Krowpman, Kyle Stuart; Kruchonak, Uladzimir; Krüger, Hans; Krumnack, Nils; Kruse, Mark; Krzysiak, Janina Anna; Kubota, Arisa; Kuchinskaia, Olesia; Kuday, Sinan; Kuechler, Daniela; Kuechler, Jan Thomas; Kuehn, Susanne; Kuhl, Thorsten; Kukhtin, Victor; Kulchitsky, Yuri; Kuleshov, Sergey; Kumar, Mukesh; Kumari, Neelam; Kuna, Marine; Kupco, Alexander; Kupfer, Tobias; Kuprash, Oleg; Kurashige, Hisaya; Kurchaninov, Leonid; Kurochkin, Yurii; Kurova, Anastasia; Kurth, Matthew Glenn; Kuwertz, Emma Sian; Kuze, Masahiro; Kvam, Audrey Katherine; Kvita, Jiri; Kwan, Tony; Kwok, King Wai; Lacasta, Carlos; Lacava, Francesco; Lacker, Heiko; Lacour, Didier; Lad, Nisha Nareshbhai; Ladygin, Evgueni; Lafaye, Remi; Laforge, Bertrand; Lagouri, Theodota; Lai, Stanley; Lakomiec, Inga Katarzyna; Lalloue, Nathan; Lambert, Joseph Earl; Lammers, Sabine; Lampl, Walter; Lampoudis, Christos; Lançon, Eric; Landgraf, Ulrich; Landon, Murrough; Lang, Valerie Susanne; Lange, Jörn Christian; Langenberg, Robert Johannes; Lankford, Andrew; Lanni, Francesco; Lantzsch, Kerstin; Lanza, Agostino; Lapertosa, Alessandro; Laporte, Jean-Francois; Lari, Tommaso; Lasagni Manghi, Federico; Lassnig, Mario; Latonova, Vera; Lau, Tak Shun; Laudrain, Antoine; Laurier, Alexandre; Lavorgna, Marco; Lawlor, Sean Dean; Lawrence, Zak; Lazzaroni, Massimo; Le, Brian; Leban, Blaž; Lebedev, Alexander; LeBlanc, Matthew Edgar; LeCompte, Thomas; Ledroit-Guillon, Fabienne; Lee, Ava Chloe; Lee, Graham Richard; Lee, Lawrence; Lee, Shih-Chang; Lee, Songkyo; Leeuw, Lerothodi Leonard; Lefebvre, Benoit; Lefebvre, Helena; Lefebvre, Michel; Leggett, Charles; Lehmann, Konstantin; Lehmann, Niklaus; Lehmann Miotto, Giovanna; Leight, William Axel; Leisos, Antonios; Leite, Marco Aurelio; Leitgeb, Clara Elisabeth; Leitner, Rupert; Leney, Katharine; Lenz, Tatjana; Leone, Sandra; Leonidopoulos, Christos; Leopold, Alexander; Leroy, Claude; Les, Robert; Lester, Christopher; Levchenko, Mikhail; Levêque, Jessica; Levin, Daniel; Levinson, Lorne; Lewis, Daniel James; Li, Boyang; Li, Bing; Li, Chihao; Li, Changqiao; Li, Heng; Li, Han; Li, Haifeng; Li, Jing; Li, Ke; Li, Liang; Li, Mengran; Li, Quanyin; Li, Shu; Li, Tong; Li, Xingguo; Li, Yichen; Li, Zhi; Li, Zhiying; Li, Zhelun; Li, Zhiyuan; Liang, Zhijun; Liberatore, Marianna; Liberti, Barbara; Lie, Ki; Lieber Marin, Juan; Lin, Kuan-yu; Linck, Rebecca Anne; Lindley, Rachel Elizabeth; Lindon, Jack Henry; Linss, Arthur; Lipeles, Elliot; Lipniacka, Anna; Liss, Tony; Lister, Alison; Little, Jared David; Liu, Bo; Liu, Bingxuan; Liu, Jianbei; Liu, Jesse; Liu, Kun; Liu, Minghui; Liu, Mingyi; Liu, Peilian; Liu, Xiaotian; Liu, Yi; Liu, Yang; Liu, Yanlin; Liu, Yanwen; Livan, Michele; Llorente Merino, Javier; Lloyd, Stephen; Lobodzinska, Ewelina Maria; Loch, Peter; Loffredo, Salvatore; Lohse, Thomas; Lohwasser, Kristin; Lokajicek, Milos; Long, Jonathan David; Longarini, Iacopo; Longo, Luigi; Longo, Riccardo; Lopez Paz, Ivan; Lopez Solis, Alvaro; Lorenz, Jeanette; Lorenzo Martinez, Narei; Lory, Alexander Mario; Lösle, Alena; Lou, Xuanhong; Lou, XinChou; Lounis, Abdenour; Love, Jeremy; Love, Peter; Lozano Bahilo, Jose Julio; Lu, Gangcheng; Lu, Miaoran; Lu, Sicong; Lu, Yun-Ju; Lubatti, Henry; Luci, Claudio; Lucio Alves, Fabio Lucio; Lucotte, Arnaud; Luehring, Frederick; Luise, Ilaria; Luminari, Lamberto; Lundberg, Olof; Lund-Jensen, Bengt; Luongo, Nicholas Andrew; Lutz, Margaret Susan; Lynn, David; Lyons, Harry; Lysak, Roman; Lytken, Else; Lyu, Feng; Lyubushkin, Vladimir; Lyubushkina, Tatiana; Ma, Hong; Ma, Lian Liang; Ma, Yanhui; Mac Donell, Danika Marina; Maccarrone, Giovanni; Macdonald, Calum Michael; MacDonald, Jack Cameron; Madar, Romain; Mader, Wolfgang; Madugoda Ralalage Don, Madhuranga; Madysa, Nico; Maeda, Junpei; Maeno, Tadashi; Maerker, Max; Magerl, Veronika; Magro, Jacopo; Mahon, Devin James; Maidantchik, Carmen; Maio, Amélia; Maj, Klaudia; Majersky, Oliver; Majewski, Stephanie; Makovec, Nikola; Maksimovic, Veljko; Malaescu, Bogdan; Malecki, Pawel; Maleev, Victor; Malek, Fairouz; Malito, Davide; Mallik, Usha; Malone, Claire; Maltezos, Stavros; Malyukov, Sergei; Mamuzic, Judita; Mancini, Giada; Mandalia, Jesal; Mandić, Igor; Manhaes de Andrade Filho, Luciano; Maniatis, Ioannis; Manisha, Manisha; Manjarres Ramos, Joany; Mankinen, Katja Hannele; Mann, Alexander; Manousos, Athanasios; Mansoulie, Bruno; Manthos, Ioannis; Manzoni, Stefano; Marantis, Alexandros; Marchiori, Giovanni; Marcisovsky, Michal; Marcoccia, Lorenzo; Marcon, Caterina; Marjanovic, Marija; Marshall, Zach; Marti-Garcia, Salvador; Martin, Tim; Martin, Victoria Jane; Martin dit Latour, Bertrand; Martinelli, Luca; Martinez, Mario; Martinez Agullo, Pablo; Martinez Outschoorn, Verena; Martin-Haugh, Stewart; Martoiu, Victor Sorin; Martyniuk, Alex; Marzin, Antoine; Maschek, Stefan Raimund; Masetti, Lucia; Mashimo, Tetsuro; Masik, Jiri; Maslennikov, Alexey; Massa, Lorenzo; Massarotti, Paolo; Mastrandrea, Paolo; Mastroberardino, Anna; Masubuchi, Tatsuya; Matakias, Dimitrios; Mathisen, Thomas; Matic, Andrea; Matsuzawa, Nobuo; Maurer, Julien; Maček, Boštjan; Maximov, Dmitriy; Mazini, Rachid; Maznas, Ioannis; Mazza, Simone Michele; Mc Ginn, Christopher; Mc Gowan, John Patrick; Mc Kee, Shawn Patrick; McCarthy, Thomas; McCormack, William Patrick; McDonald, Emily; McDougall, Ashley Ellen; Mcfayden, Josh; Mchedlidze, Gvantsa; McKay, Madalyn; McLean, Kayla; McMahon, Steve; McNamara, Peter Charles; McPherson, Robert; Mdhluli, Joyful Elma; Meadows, Zachary Alden; Meehan, Samuel; Megy, Theo; Mehlhase, Sascha; Mehta, Andrew; Meirose, Bernhard; Melini, Davide; Mellado Garcia, Bruce Rafael; Melo, Andres Hugo; Meloni, Federico; Melzer, Alexander; Mendes Gouveia, Emanuel Demetrio; Mendes Jacques Da Costa, Antonio Manuel; Meng, Huan Yu; Meng, Lingxin; Menke, Sven; Mentink, Matthias; Meoni, Evelin; Merlassino, Claudia; Mermod, Philippe; Merola, Leonardo; Meroni, Chiara; Merz, Garrett; Meshkov, Oleg; Meshreki, John Kamal; Metcalfe, Jessica; Mete, Alaettin Serhan; Meyer, Christopher; Meyer, Jean-Pierre; Michetti, Michele; Middleton, Robin; Mijović, Liza; Mikenberg, Giora; Mikestikova, Marcela; Mikuž, Marko; Mildner, Hannes; Milic, Adriana; Milke, Christopher Don; Miller, David; Miller, Laura Stephanie; Milov, Alexander; Milstead, David; Min, Tianjue; Minaenko, Andrey; Minashvili, Irakli; Mince, Laurynas; Mincer, Allen; Mindur, Bartosz; Mineev, Mikhail; Minegishi, Yuji; Mino, Yuya; Mir, Lluisa-Maria; Miralles Lopez, Marcos; Mironova, Maria; Mitani, Takashi; Mitsou, Vasiliki A.; Mittal, Monika; Miu, Ovidiu; Miyagawa, Paul; Miyazaki, Yuta; Mizukami, Atsushi; Mjörnmark, Jan-Ulf; Mkrtchyan, Tigran; Mlynarikova, Michaela; Moa, Torbjoern; Mobius, Silke; Mochizuki, Kazuya; Moder, Paul; Mogg, Philipp; Mohammed, Abdualazem Fadol; Mohapatra, Soumya; Mokgatitswane, Gaogalalwe; Mondal, Buddhadeb; Mondal, Santu; Mönig, Klaus; Monnier, Emmanuel; Monsonis Romero, Luis; Montalbano, Alyssa; Montejo Berlingen, Javier; Montella, Marco; Monticelli, Fernando; Morange, Nicolas; Moreira De Carvalho, Ana Luisa; Moreno Llácer, María; Moreno Martinez, Carlos; Morettini, Paolo; Morgenstern, Stefanie; Mori, Daniel; Morii, Masahiro; Morinaga, Masahiro; Morisbak, Vanja; Morley, Anthony Keith; Morris, Alice Polyxeni; Morvaj, Ljiljana; Moschovakos, Paris; Moser, Brian; Mosidze, Maia; Moskalets, Tetiana; Moskvitina, Polina; Moss, Josh; ...</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Instrumentation</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>01</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1748-0221</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract                          The semiconductor tracker (SCT) is one of the tracking systems for charged particles in the ATLAS detector. It consists of 4088 silicon strip sensor modules.During Run 2 (2015–2018) the Large Hadron Collider delivered an integrated luminosity of 156 fb              -1              to the ATLAS experiment at a centre-of-mass proton-proton collision energy of 13 TeV. The instantaneous luminosity and pile-up conditions were far in excess of those assumed in the original design of the SCT detector.Due to improvements to the data acquisition system, the SCT operated stably throughout Run 2.It was available for 99.9% of the integrated luminosity and achieved a data-quality efficiency of 99.85%.Detailed studies have been made of the leakage current in SCT modules and the evolution of the full depletion voltage, which are used to study the impact of radiation damage to the modules.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2111046</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>