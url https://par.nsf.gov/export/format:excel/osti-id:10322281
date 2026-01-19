--- v0 (2025-10-31)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,84 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10322281</t>
-[...8 lines deleted...]
-    <t>Jayasooriya, Isuri U.; Bakhoda, Abolghasem (Gus); Palmer, Rachel; Ng, Kristi; Khachemoune, Nour L.; Bertke, Jeffery A.; Warren, Timothy H.</t>
+    <t>10329962</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-12-08T05:00:00Z</t>
-[...14 lines deleted...]
-    <t>Commercially available benzophenone imine (HNCPh              2              ) reacts with β-diketiminato copper(              ii              )              tert              -butoxide complexes [Cu              II              ]–O                              t                            Bu to form isolable copper(              ii              ) ketimides [Cu              II              ]–NCPh              2              . Structural characterization of the three coordinate copper(              ii              ) ketimide [Me              3              NN]Cu–NCPh              2              reveals a short Cu-N              ketimide              distance (1.700(2) Å) with a nearly linear Cu–N–C linkage (178.9(2)°). Copper(              ii              ) ketimides [Cu              II              ]–NCPh              2              readily capture alkyl radicals R˙ (PhCH(˙)Me and Cy˙) to form the corresponding R–NCPh              2              products in a process that competes with N–N coupling of copper(              ii              ) ketimides [Cu              II              ]–NCPh              2              to form the azine Ph              2              CN–NCPh              2              . Copper(              ii              ) ketimides [Cu              II              ]–NCAr              2              serve as intermediates in catalytic sp              3              C–H amination of substrates R–H with ketimines HNCAr              2              and                              t                            BuOO                              t                            Bu as oxidant to form              N              -alkyl ketimines R–NCAr              2              . This protocol enables the use of unactivated sp              3              C–H bonds to give R–NCAr              2              products easily converted to primary amines R–NH              2              via              simple acidic deprotection.</t>
+    <t>Developmental perspectives on social inequalities and human rights.</t>
+  </si>
+  <si>
+    <t>Killen, Melanie; Elenbaas, Laura.; Ruck, Martin D.</t>
+  </si>
+  <si>
+    <t>2022-05-18T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Human development</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>0018-716X</t>
+  </si>
+  <si>
+    <t>Social inequalities and human rights are inevitably linked to children’s and adolescents’ healthy development. Children who experience structural and interpersonal inequalities in access to resources and opportunities based on their gender, race, ethnicity, or other group categories are denied the right to fair treatment. We assert that investigating the psychological perspectives that children hold regarding inequalities and human rights is necessary for creating fair and just societies. We take a constructivist approach to this topic which seeks to understand how individuals interpret and evaluate observed and experienced inequalities. Even young children think about these issues. Yet, throughout development, individuals must often weigh multiple, potentially conflicting considerations when interpreting, evaluating, and responding to social inequalities and rights violations. In these complex contexts, children and adolescents are neither fully “moral” nor fully “prejudiced.” Rather, critical questions for research in this area concern when, why, and for whom young people reject inequalities and support rights, and, by contrast, when, why, and for whom they accept that inequalities and rights violations should be allowed to persist. This paper provides a brief overview of how different conceptions of social inequalities and rights are intrinsically linked together.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1955942</t>
-[...2 lines deleted...]
-    <t>2021</t>
+    <t>1728918</t>
+  </si>
+  <si>
+    <t>2022</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -282,94 +276,92 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="J2" s="0"/>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="P2" t="s" s="0">
-[...7 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>