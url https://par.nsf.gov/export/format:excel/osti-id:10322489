--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10322489</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/9781119951438.eibc2813</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Probing Extradiol Dioxygenase Mechanism in NAD+ Biosynthesis by Viewing Reaction Cycle Intermediates</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Davis, Ian; Liu, Aimin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Messerschmidt, Albrecht</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Encyclopedia of Inorganic and Bioinorganic Chemistry</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Mononuclear, nonheme iron enzymes are known for their ability to mediate the oxidation of organic molecules in primary and secondary metabolism. One class of such enzymes is the diol dioxygenases that catalyze the oxidative cleavage of aromatic molecules. They come in two varieties, intradiol and extradiol, that add molecular oxygen symmetrically or asymmetrically, respectively. 3-Hydroxyanthranilate 3,4-dioxygenase (HAO) is a type III extradiol dioxygenase found in metabolic pathways related to breaking down tryptophan 2-nitrobenzoic acid. The product of HAO is unstable and either nonenzymatically cyclizes to quinolinic acid (QUIN), an endogenous neurotoxin and the universal precursor for NAD(P) biosynthesis, or is enzymatically processed, ultimately being fully oxidized to CO2 in the citric acid cycle. Elevation of QUIN is associated with neurodegenerative diseases, making HAO biomedically relevant. This article summarizes the history and current state of knowledge of the biochemistry of HAO. Recent studie that utilized X-ray crystallography of the in crystallo reactions coupled with various spectroscopies and activity measurements to elucidate much of the chemical mechanism catalyzed by HAO are highlighted.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1623856; 1808637</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>