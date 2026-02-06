--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10323221</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3441852.3471219</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>“It is fascinating to make these beasts fly”: Understanding Visually Impaired People's Motivations and Needs for Drone Piloting</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gadiraju, Vinitha; Garcia, Jérémie; Kane, Shaun; M. Brock, Anke</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2021-10-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ASSETS '21: The 23rd International ACM SIGACCESS Conference on Computers and Accessibility</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Drones have become fixtures in commerce, safety efforts, and in homes as a leisure activity. Researchers have started to explore how drones can support people with disabilities in piloting and serve as assistive devices. Our work focuses on people with vision impairment and investigates what motivates them to fly drones. We administered a survey to visually impaired adults that gauged general interest in drone piloting and previous experience with drones. From the 59 survey responses, we interviewed 13 participants to elaborate on how they envision using drones and how different feedback and modes of piloting can make the flying experience more accessible. We found that our participants had overarching interests in aviation, trying new technology, environment exploration, and finding collaborative activities to do with their sighted family members, which extended to an interest in piloting drones. This research helps lay groundwork for design scenarios and accessible features for future drones.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1652907</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2021</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>