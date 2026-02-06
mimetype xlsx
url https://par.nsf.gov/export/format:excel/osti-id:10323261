--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10323261</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3478432.3499146</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Computer Science Frontiers: New Curricula to Advance Female Interest in Computing</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cateté, Veronica; Alvarez, Lauren; Grover, Shuchi; Gransbury, Isabella; Broll, Brian; Drayton, Madeline; Coats, Audrey; Collins, April; Lédeczi, Ákos; Barnes, Tiffany</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-03-03T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>53rd ACM Technical Symposium on Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Computer Science Frontiers (CSF) project introduces teachers to the topics of artificial intelligence and distributed computing to engage their female students in computing by connecting lessons to relevant cutting edge technologies. Application topics include social media and news articles, as well as climate change, the arts (movies, music, and museum collections), and public health/medicine. CSF educators are prepared in a pedagogy and peer-teaching centered professional development program where they simultaneously learn and teach distributed computing, artificial intelligence, and internet of things lessons to each other. These professional developments allow educators to hone in on their teaching skills of these new topics and gain confidence in their ability to teach new computer science materials before running several activities with their students in the academic year classroom. In this workshop, teachers participating in the CS Frontiers professional development will give testimonials discussing their experiences teaching these topics in a two week summer camp. Attendees will then try out three computing activities, one from each Computer Science Frontiers module. Finally, there will be a question and answer session.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1949492; 1949488</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>