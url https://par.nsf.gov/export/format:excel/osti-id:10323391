--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10323391</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3478431.3499403</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Standards-Aligned Instructional Supports to Promote Computer Science Teachers' Pedagogical Content Knowledge</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Basu, Satabdi; Rutstein, Daisy; Tate, Carol; Rachmatullah, Arif; Yang, Hui</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2022-02-22T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SIGCSE 2022: Proceedings of the 53rd ACM Technical Symposium on Computer Science Education V. 1</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The rapid expansion of K-12 CS education has made it critical to support CS teachers, many of whom are new to teaching CS, with the necessary resources and training to strengthen their understanding of CS concepts and how to effectively teach CS. CS teachers are often tasked with teaching different curricula using different programming languages in different grades or during different school years, and tend to receive different professional development (PD) for each curriculum they are required to teach. This often leads to a lack of deep understanding of the underlying CS concepts and how different curricula address the same concepts in different ways. Empowering teachers to develop a deep understanding of CS standards, and use formative assessments to recognize common student challenges associated with the standards, will enable teachers to provide more effective CS instruction, irrespective of the curriculum and/or programming language they are tasked with using. This position paper advocates supporting CS teacher professional learning by supplementing existing curriculum-specific teacher PD with standards-aligned PD that focuses on teachers' conceptual understanding of CS standards and ability to adapt instruction based on student understanding of concepts underlying the CS standards. We share concrete examples of how to design standards-aligned educative resources and instructionally supportive tools that promote teachers' understanding of CS standards and common student challenges and develop teachers' formative assessment literacy, all essential components of CS pedagogical content knowledge.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2010591</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2022</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>