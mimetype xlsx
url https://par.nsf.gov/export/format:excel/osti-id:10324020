--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10324020</t>
-[...8 lines deleted...]
-    <t>Raavi, Manohar; Wuthier, Simeon; Chandramouli, Pranav; Balytskyi, Yaroslav; Zhou, Xiaobo; Chang, Sang-Yoon</t>
+    <t>10479604</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1145/3578337.3605126</t>
+  </si>
+  <si>
+    <t>CSurF: Sparse Lexical Retrieval through Contextualized Surface Forms</t>
+  </si>
+  <si>
+    <t>Fan, Zhen; Gao, Luyu; Callan, Jamie</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-01-01T05:00:00Z</t>
-[...8 lines deleted...]
-    <t>Quantum computing challenges the computational hardness assumptions anchoring the security of public-key ciphers, such as the prime factorization and the discrete logarithm problem. To prepare for the quantum era and withstand the attacks equipped with quantum computing, the security and cryptography communities are designing new quantum-resistant public-key ciphers. National Institute of Standards and Technology (NIST) is collecting and standardizing the post-quantum ciphers, similarly to its past involvements in establishing DES and AES as symmetric cipher standards. The NIST finalist algorithms for public-key signatures are Dilithium, Falcon, and Rainbow. Finding common ground to compare these algorithms can be difficult because of their design, the underlying computational hardness assumptions (lattice based vs. multivariate based), and the different metrics used for security strength analyses in the previous research (qubits vs. quantum gates). We overcome such challenges and compare the security and the performances of the finalist post-quantum ciphers of Dilithium, Falcon, and Rainbow. For security comparison analyses, we advance the prior literature by using the depth-width cost for quantum circuits (DW cost) to measure the security strengths and by analyzing the security in Universal Quantum Gate Model and with Quantum Annealing. For performance analyses, we compare the algorithms’ computational loads in the execution time as well as the communication costs and implementation overheads when integrated with Transport Layer Security (TLS) and Transmission Control Protocol (TCP)/Internet Protocol (IP). Our work presents a security comparison and performance analysis as well as the trade-off analysis to inform the post-quantum cipher design and standardization to protect computing and networking in the post-quantum era.</t>
+    <t>2023-08-09T04:00:00Z</t>
+  </si>
+  <si>
+    <t>65 to 75</t>
+  </si>
+  <si>
+    <t>9798400700736</t>
+  </si>
+  <si>
+    <t>Lexical exact-match systems perform text retrieval efficiently with sparse matching signals and fast retrieval through inverted lists, but naturally suffer from the mismatch between lexical surface form and implicit term semantics. This paper proposes to directly bridge the surface form space and the term semantics space in lexical exact-match retrieval via contextualized surface forms (CSF). Each CSF pairs a lexical surface form with a context source, and is represented by a lexical form weight and a contextualized semantic vector representation. This framework is able to perform sparse lexicon-based retrieval by learning to represent each query and document as a "bag-of-CSFs", simultaneously addressing two key factors in sparse retrieval: vocabulary expansion of surface form and semantic representation of term meaning. At retrieval time, it efficiently matches CSFs through exact-match of learned surface forms, and effectively scores each CSF pair via contextual semantic representations, leading to joint improvement in both term match and term scoring. Multiple experiments show that this approach successfully resolves the main mismatch issues in lexical exact-match retrieval and outperforms state-of-the-art lexical exact-match systems, reaching comparable accuracy as lexical all-to-all soft match systems as an efficient exact-match-based system.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1922410</t>
-[...2 lines deleted...]
-    <t>2021</t>
+    <t>1815528</t>
+  </si>
+  <si>
+    <t>2023</t>
   </si>
   <si>
     <t>Conference Paper</t>
+  </si>
+  <si>
+    <t>ACM</t>
+  </si>
+  <si>
+    <t>Taipei Taiwan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -284,82 +290,86 @@
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="H2" s="0"/>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="L2" s="0"/>
+      <c r="M2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" s="0"/>
-[...2 lines deleted...]
-      <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="W2" s="0"/>
-      <c r="X2" s="0"/>
+      <c r="W2" t="s" s="0">
+        <v>39</v>
+      </c>
+      <c r="X2" t="s" s="0">
+        <v>40</v>
+      </c>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>