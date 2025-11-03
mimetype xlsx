--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,84 +86,86 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10324173</t>
-[...8 lines deleted...]
-    <t>Huang, Mincong (Jerry); Chabot, Samuel; Braasch, Jonas</t>
+    <t>10273173</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1145/3468218.3469049</t>
+  </si>
+  <si>
+    <t>A Machine Learning Approach for Detecting and Classifying Jamming Attacks Against OFDM-based UAVs</t>
+  </si>
+  <si>
+    <t>Pawlak, Jered; Li, Yuchen; Price, Joshua; Wright, Matthew; Al Shamaileh, Khair; Niyaz, Quamar; Devabhaktuni, Vijay</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-01-01T05:00:00Z</t>
-[...11 lines deleted...]
-    <t>This work, situated at Rensselaer's Collaborative-Research Augmented Immersive Virtual Environment Laboratory (CRAIVELab), uses panoramic image datasets for spatial audio display. A system is developed for the room-centered immersive virtual reality facility to analyze panoramic images on a segment-by-segment basis, using pre-trained neural network models for semantic segmentation and object detection, thereby generating audio objects with respective spatial locations. These audio objects are then mapped with a series of synthetic and recorded audio datasets and populated within a spatial audio environment as virtual sound sources. The resulting audiovisual outcomes are then displayed using the facility's human-scale panoramic display, as well as the 128-channel loudspeaker array for wave field synthesis (WFS). Performance evaluation indicates effectiveness for real-time enhancements, with potentials for large-scale expansion and rapid deployment in dynamic immersive virtual environments.</t>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2021-06-28T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Proceedings of the 3rd ACM Workshop on Wireless Security and Machine Learning</t>
+  </si>
+  <si>
+    <t>1-6</t>
+  </si>
+  <si>
+    <t>In this paper, a machine learning (ML) approach is proposed to detect and classify jamming attacks on unmanned aerial vehicles (UAVs). Four attack types are implemented using software-defined radio (SDR); namely, barrage, single-tone, successive-pulse, and
+protocol-aware jamming. Each type is launched against a drone that uses orthogonal frequency division multiplexing (OFDM) communication to qualitatively analyze its impacts considering jamming range, complexity, and severity. Then, an SDR is utilized in proximity to the drone and in systematic testing scenarios to record the radiometric parameters before and after each attack is launched. Signal-to-noise ratio (SNR), energy threshold, and several OFDM parameters are exploited as features and fed to six ML algorithms to explore and enable autonomous jamming detection/classification. The algorithms are quantitatively evaluated with metrics including detection and false alarm rates to evaluate the received signals and facilitate efficient decision-making for improved reception integrity
+and reliability. The resulting ML approach detects and classifies jamming with an accuracy of 92.2% and a false-alarm rate of 1.35%.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1909229</t>
+    <t>2006662</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -282,61 +284,59 @@
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G2" t="s" s="0">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s" s="0">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
+      <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">